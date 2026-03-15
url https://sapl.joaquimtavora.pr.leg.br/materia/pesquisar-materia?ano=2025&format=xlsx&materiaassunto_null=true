--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -10,6032 +10,6074 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4926" uniqueCount="1878">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4966" uniqueCount="1892">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Benedito Azarias</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_02-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_02-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, aprimore a fiscalização dos entulhos depositados nas ruas da cidade, considerando que vários munícipes não respeitam a legislação pertinente.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Carlos Henrique Castanheira</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_03-carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_03-carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, preste informações acerca da veracidade de matérias jornalísticas veiculadas em jornais de circulação local, bem como postagens em redes sociais, sobre o suposto desaparecimento de  300 pneus destinados à utilização frota municipal nos  últimos meses da gestão passada, esclarecendo se a administração atual vem tomando as providências cabíveis no sentido de apurar a ocorrência dos fatos e sua autoria, por meio de sindicância, ou outra forma de investigação,  a fim de que eventuais responsáveis sejam punidos, administrava, civil e criminalmente.  No caso de ter ocorrido os fatos acima narrados, requer que o Poder Executivo informe quais as medidas fiscalizatórios pretende adotar para evitar novos semelhantes venham a incidir.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_04-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_04-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da divisão competente, informe se vem sido realizadas vistorias nos veículos destinados ao transporte escolar, esclarecendo que segundo prevê o artigo 136 CTB, tal procedimento é obrigatório a cada 06 (seis meses), bem como aos destinados à área da saúde, a fim de que seja verificado se possuem todas as condições necessárias à segurança dos passageiros, enviando à esta Casa de Leis os respectivos resultados.  Além disso, requer seja informado se é realizada a revisão periódica da frota, a fim de garantir as boas condições do veículo (verificação dos pneus, óleo, lanternas, etc.).</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_05-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_05-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, informe como vem ocorrendo a coleta de entulhos no município (móveis e inservíveis), e qual a periodicidade. Sugere na oportunidade, que seja criado um canal (telefone/WhatsApp), a fim de que o interessado possa solicitar a retirada do material a ser coletado e levado  para sua destinação final.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Luiz Paulo Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_06-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_06-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo encaminhe a esta Casa de Leis relação de todos os servidores que recebem função gratificada ou quaisquer outras gratificações, para fins de acompanhamento e fiscalização, especialmente quanto o limite de despesa com pessoal.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_07-carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_07-carlos_henrique.pdf</t>
   </si>
   <si>
     <t>O Governo Federal disponibilizou complemento de recursos ao Municípios para que os profissionais da saúde recebessem 13º salário referente ao ano de 2024._x000D_
 _x000D_
 Para tanto foi publicada a Portaria GM/MS nº 5.793, do Ministério da Saúde, que definiu os valores do 13º salário de 2024 para os profissionais de saúde (técnicos de enfermagem)._x000D_
 _x000D_
 Pelo que se tem notícia, o Município de Joaquim Távora já recebeu os recursos, embora não tenha pago os mencionados profissionais, motivo pelo qual requer sejam efetuados os pagamentos urgentemente, pois tratam-se de verbas alimentares.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_08-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_08-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fernandinho do Gás</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_09-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_09-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Em vigor em nosso ordenamento local a lei n. 1308/2013 que dispõe sobre Incentivo ao Pequeno Produtor Rural, prevendo, em algumas situações, a prestação de serviços de forma gratuita._x000D_
 _x000D_
 Ocorre que, na prática, quase nunca foi aplicada, motivo pelo qual requer seja dado efetivo cumprimento a mencionada lei, especialmente quanto a prestação de serviços, tais como movimentação e transporte de terras, escavações,  terraplenagem, inclusive construção e limpeza de açudes e represas._x000D_
 _x000D_
 Outrossim, requer seja estudada a possibilidade de baixar o preço dos serviços, pois praticamente é o mesmo praticado pelo setor privado.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/117/requerimento_10-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/117/requerimento_10-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Em relação aos cachorros abandonados nas vias públicas da cidade, requer que o Executivo dê cumprimento ao estabelecido na lei municipal n. 1425, especialmente no contido no parágrafo único do artigo 19:_x000D_
 _x000D_
 Art. 19. O órgão público responsável deverá autorizar ou proceder à doação de animais apreendidos e não resgatados, de acordo com o regulamento._x000D_
  	Parágrafo único. É de responsabilidade do poder público municipal a definição de local próprio para o abrigo provisório dos animais resgatados, podendo ser celebrado convênio com clínicas veterinárias ou entidade protetora de animais para este fim.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_11-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_11-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Foi aprovada e incorporada a Lei Orçamentária do Exercício de 2024 a Emenda Impositiva n. 16/2023, destinando recursos financeiros aos Postos de Saúde do Joá e do Cruzeiro (R$8.000,00 para cada)._x000D_
 Ocorre que, até a presente data, não há comprovação de que os equipamentos de que trata a Emenda foram entregues na totalidade, motivo pelo qual requer que seja dado cumprimento integral, atendendo as comunidades já citadas._x000D_
 _x000D_
 Lembra que, por ora, há desrespeito ao que consta no parágrafo primeiro, do art. 148, da Lei Orgânica Municipal, o que pode impactar, até mesmo na posterior análise da prestação de contas daquele exercício.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_12-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_12-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que dê cumprimento ao que consta na lei municipal n. 1482/2018, que trata da limpeza de terrenos em nossa cidade, especialmente como forma de controle da dengue, cujos casos vêm aumentando significativamente.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_13-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_13-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Como já exposto no requerimento 11|25, embora regularmente aprovada a Emenda n.º 16|2023, até a presente data, não há comprovação de que os equipamentos de que trata a Emenda foram entregues na totalidade, motivo pelo qual reitera que seja dado cumprimento._x000D_
 Lembra que, por ora, há desrespeito ao que consta no parágrafo primeiro, do art. 148, da Lei Orgânica Municipal, o  que pode impactar até mesmo na posterior análise da prestação de contas  daquele exercício.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_14-carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_14-carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Recentemente houve uma discussão nas redes socias envolvendo o Prefeito a respeito da implementação ou da Defesa Civil em nosso Município._x000D_
 Entretanto, o que realmente a população deseja saber é sobre o real custo anual da manutenção da Defesa Civil, já que o Prefeito anunciou que seria em torno de R$1.500.000,00, sendo que há informações de que o custo no Município de Ibaiti é de R$850.000,00, e em Siqueira Campos é de R$800.00,00, aproximadamente (docs. em anexo)._x000D_
 Também há de se esclarecer se realmente os Municípios vizinhos, que também seriam atendidos pelos serviços (Carlópolis, Quatiguá, Guapirama), de fato negaram-se ou negam-se a dividir os custos._x000D_
 Por estes motivos, apresenta o presente requerimento para que tais dúvidas sejam esclarecidas (1. real custo dos serviços e 2. A comprovação da negativa dos municípios vizinhos).</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_15-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_15-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo informe o andamento das obras de instalação de esgoto no Loteamento Green Vale, obrigação assumida pelo Município, conforme consta do Termo de Ajustamento de Conduta firmado com o Ministério Público, relatando, também, qual é o prazo de conclusão.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_16-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_16-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da divisão competente, faça um levantamento objetivando  apurar qual a demanda de lotes disponíveis para venda no município e quais já foram devidamente transferidos ao comprador, e forneça o respectivo relatório à esta Casa de Leis.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_17_-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_17_-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da secretaria competente, informe a viabilidade de incluir na tabela constante do item 14 do Plano de Arborização Municipal enviado à esta Casa de Leis por meio do ofício n.º 32/2025 - GAB, além das espécies já recomendadas, a árvore Oiti (Licania tomentosa), vez que esta é muito utilizada em arborização urbana por produzir sombra.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/131/requerimento_18-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/131/requerimento_18-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da divisão competente, faça um levantamento com o objetivo de apurar a existência de loteamentos devidamente aprovados pelo Poder Executivo em que não foram construídos passeios para pedestres (calçadas), nos termos e prazos exigidos pela Lei nº 1.646/2023, que “Institui o novo PARCELAMENTO DO SOLO, constante do Plano Diretor do Município de Joaquim Távora”</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_19-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_19-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, informe se houve a redução dos valores da hora/máquina pelas Associações de Produtores Rurais do Município, conforme estipulado em reunião realizada junto ao Gabinete do Prefeito Municipal.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_20-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_20-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, informe se houve a locação cessão do barracão de propriedade do Município localizado entre a Vidraçaria 3 Marias e o Fórum Eleitoral, bem como quem é o locador, e qual a finalidade da locação cessão.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_21-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_21-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da divisão competente, informe qual a previsão para a construção da escadaria que dará acesso ao Santuário “Santíssimo Nome de Jesus”, enviando à esta Casa de Leis cópia do respectivo projeto.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/139/requerimento_22-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/139/requerimento_22-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo encaminhe a esta Casa de Leis cópias das notificações encaminhadas a Copel a respeito da fiação nos postes de nossa cidade (fios soltos), tendo em vista que, até o momento, não houve qualquer providência, não se dando cumprimento ao previsto na Lei nº 1.654/2022 – em anexo._x000D_
 _x000D_
 Além da poluição visual, há, principalmente, sério risco a incolumidade da população devido a fios soltos, pois em várias localidades chegam até o asfalto, expondo até mesmo a vida de pedestres, motoristas, e especialmente motociclistas</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_23-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_23-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo informe a esta Casa qual é a previsão contratual para o início das obras de recapeamento asfático em ruas do Cruzeiro e Joá (em frente a Escola), para fim de acompanhamento.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_24-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_24-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, informe se está sendo providenciada a ampliação do Cemitério Municipal, com a  aquisição de novos lotes, e qual a previsão para que procedido o aumento do local.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_25-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_25-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo encaminhe a esta Casa as prestações de contas de todas as associações existentes no Município, que tenham recebido ou recebam subsídios-recursos públicos municiais, com a relação de usuários-beneficíarios, para fins de acompanhamento e fiscalização</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/196/requerimeto_26-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/196/requerimeto_26-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo encaminhe a esta Casa de valores atualizados das diárias de todos os servidores , para fins de acompanhamento._x000D_
 _x000D_
 Solicita, também, que as diárias sejam pagas com antecedência ( art.  6º, da Lei n.1328-2014 e lei n. 1407-2016), pois vários motoristas relatam que recebem somente dias após de cada viagem.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_27-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_27-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>A Lei municipal n.º1.676\2023 prevê  a obrigatoriedade do fornecimento pelo Executivo de sacolas\embalagens para armazenamento dos medicamentos distribuídos à população pelas farmácias das Unidades de Saúde do Município de Joaquim Távora-PR._x000D_
 Há comentários de que os medicamentos não estão sendo distribuídos conforme a lei, motivo pelo qual requer ao Executivo que seja cumprida.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_28-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_28-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo também forneça transporte de atletas além dos que ainda estão em idade escolar, vez que existem inúmeros torneios e campeonatos direcionados aqueles ( acima da idade escolar), considerando que há veículos apropriados e disponíveis ( uma van e um ônibus).</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_29-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_29-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, informe qual a previsão de cumprimento da Lei n.º 1.157/2010, que “Autoriza o Poder Executivo Municipal a criar e implantar o Teatro Municipal de Joaquim Távora”._x000D_
 _x000D_
 Ressalta-se que há necessidade de que seja construído um espaço amplo em nosso município, destinado a manifestações artísticas e culturais, e outras atividades a serem devidamente regulamentadas, conforme previsto no artigo 5º da referida lei._x000D_
 _x000D_
 Destaca-se que o espaço Estação Rodoviária não é suficiente para abarcar todas as atividades sociais e culturais do município, já que é necessário um local com capacidade para, ao menos, 400 pessoas.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Marcos Domingues</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_30-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_30-2025.pdf</t>
   </si>
   <si>
     <t>Servidores municipais que trabalham no CMEI Chapeuzinho Vermelho relataram, recentemente que o prédio da instituição necessita de reformas urgentes, pois está repleto de goteiras e infiltrações ainda mais fortes, possivelmente devido a calhas entupidas ou telhas furadas, o que coloca em risco a saúde das crianças._x000D_
  _x000D_
 Solicitam também que seja construída uma cobertura no local onde estão instalados os brinquedos, pois as crianças não têm onde ficar- brincar em dias de muito sol ou chuva._x000D_
 _x000D_
 Assim, solicita ao Poder Executivo que as devidas medidas sejam tomadas urgentemente, especialmente no tocante as goteiras-vazamento</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_31-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_31-2025.pdf</t>
   </si>
   <si>
     <t>Foi autorizada a aquisição do imóvel, pelo Município, onde atualmente funciona a Associação Médico Hospitalar Dr. Lincoln Graça._x000D_
 _x000D_
              Também foi aprovada abertura de crédito adicional para efetuar repasses para mencionada Associação, com a finalidade de contratar mais dois motoristas._x000D_
 _x000D_
               Assim, requer que o Executivo informa a atual situação a respeito da aquisição do imóvel, bem como se a Associação já contratou mais motoristas.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_32-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_32-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo, pelo respectivo Departamento, que providencie a limpeza do recinto do Centro de Eventos Marco Antonio Vieira, especialmente a roçagem, considerando que em breve será realizada a festa  da APAE.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/201/requerimento_33-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/201/requerimento_33-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da divisão competente, informe de forma precisa,  quantas árvores foram erradicadas por determinação do Executivo e quantas ainda não foram replantadas em substituição, já que a Lei n.º946-2005 dispõe em seu   artigo 1º,§ 2º.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_34-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_34-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da divisão competente, informe, se vem sendo aplicadas sanções aos proprietários de terrenos que não realizam a limpeza adequada (roçagem do mato), pois, observa-se, que há vários lotes na cidade que estão sujos e com mato alto._x000D_
 _x000D_
                   Requer, sejam tomadas as providências, urgentes, legais e necessárias, visando regularizar a situação.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_35-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_35-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, informe à esta Casa de Leis, se já foi feita a aquisição do Hospital e, em caso negativo, qual é a previsão para que a negociação seja efetivada._x000D_
 _x000D_
                 Requer, sejam tomadas as providências, urgentes, legais e necessárias, visando regularizar a situação.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_36-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_36-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo informe se ainda existe alguma localidade em nosso Município( bairro, distrito, etc) que ainda não haja a cobrança de IPTU e, se sim, os motivos pelos quais ainda não houve o devido lançamento.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_37-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_37-2025.pdf</t>
   </si>
   <si>
     <t>Reitera o contido no requerimento n.27-2025, para que seja dado cumprimento a lei municipal n.º1.676-2023 que prevê  a obrigatoriedade do fornecimento pelo Executivo de sacolas-embalagens para armazenamento dos medicamentos distribuídos à população pelas farmácias das Unidades de Saúdes do Municípios de Joaquim Távora-PR</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_38-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_38-2025.pdf</t>
   </si>
   <si>
     <t>Professoras e pais  de alunos do CMEI Maria Aparecida Beruski ( Tia Tita ) relatam e cobram que reformas-adequações sejam realizadas no prédios da escola, pois encontra-se em estado precário, para garantir até mesmo a segurança dos alunos.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_39-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_39-2025.pdf</t>
   </si>
   <si>
     <t>Solicita que o Setor de Tributação da Prefeitura que informe se na cobrança do IPTU de forma progressiva vem sendo cumprida a legislação que rege o tema, não somente quanto ao Código Tributário Municipal, mas também e especialmente quanto ao que prevê o art. 5º, § 4º, II da lei 10.252/01, de aplicação em âmbito nacional, que dispõe sobre o prazo para dar início à execução do projeto, a partir da data de sua aprovação, que é de dois anos, sob pena de lançamento do IPTU progressivo no tempo (art. 7º) durante cinco anos, não podendo a alíquota exceder a duas vezes o valor referente ao ano anterior (§ 1º, do art. 7º)._x000D_
 _x000D_
 Lembramos que quatro são os requisitos para a deflagração do IPTU progressivo:_x000D_
     - Inclusão do imóvel a ser tributado progressivamente na área abrangida pelo plano diretor da cidade;_x000D_
     - A definição da função social da propriedade urbana pela lei específica que aprova o plano diretor da cidade, que é impositivo para municípios com mais de 20.000 habitantes;_x000D_
     - Conce</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_40-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_40-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, envie á esta Casa de Leis informações oficiais sobre a fiscalização da empresa concessionária que fornece energia elétrica no município, no que se refere à obrigatoriedade do alinhamento dos fios por ela utilizados e da retirada dos que não forem utilizados nos postes existentes na cidade, em atendimento às disposições da lei municipal nº 1.654/2022 que “Dispõe sobre o alinhamento e a retirada de fios em desuso e desordenados existentes em postes de energia elétrica e dá outras providências”._x000D_
 _x000D_
 A legislação obriga a empresa concessionária de serviço público de distribuição de energia elétrica, detentora da infraestrutura de postes, a realizar o alinhamento dos fios e equipamentos neles instalados, bem como proceder a regularização dos fios soltos ou mal instalados e a retirada da fiação não utilizada no âmbito do município de Joaquim Távora/PR._x000D_
 Ressalta-se que a questão em comento é um problema recorrente em nossa cidade, pois há muitos fios desalinhados e ca</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Vanessa Ramos</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_41-2025_-_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_41-2025_-_vanessa.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que informe quais providências serão tomadas pelo Poder Público com o objetivo de promover a despoluição e revitalização da área, bem como se há viabilidade técnica de construção de uma ponte ou passarela no local. _x000D_
 Seguem fotos anexas.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/77/42.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/77/42.pdf</t>
   </si>
   <si>
     <t>Reitera o já contido na indicação n. 144/25, no que se refere a necessidade de que o Município atenda as exigências normativas para regular funcionamento do SAMU, diante do risco de perder tal serviço._x000D_
 _x000D_
 Outros Municípios da Região, tal qual como Ribeirão Claro, já tomaram as devidas iniciativas e se adequara, sendo necessário que o nosso também assim o faça.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/79/43.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/79/43.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria competente, envie à esta Casa de Leis relatório quantitativo das árvores que foram erradicadas no município e cópia das respectivas autorizações por parte do Poder Público, mediante laudo, nos casos exigidos pela lei.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_44-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_44-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo informe a previsão de início da reforma da Av. Paraná, com o alargamento das esquinas/cruzamentos, se é que será realizada a obra._x000D_
 _x000D_
 Solicita também informações sobre o início das obras de pavimentação no Bairro Vila Nova, pois existe placa da obra instalada desde o final do ano passado, sendo reivindicação da comunidade.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_45-2025_-_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_45-2025_-_vanessa.pdf</t>
   </si>
   <si>
     <t>É sabido que há um mês atrás, aproximadamente, foi realizado o reparo de alguns trechos da Rua das Caviunas, próximos a Escola Sementinha do Saber. Ocorre que, embora tenha sido procedido o recente conserto da referida rua, a via em questão ainda encontra-se bem danificada, contendo buracos, fissuras, ondulações, afundamentos._x000D_
 Dessa forma, requer que o Poder Executivo informe sobre a possibilidade de fazer nova reparação na via em comento, e qual a previsão para tanto, já que tais danos podem casuar acidentes a pedestres e danos aos veículos que nela trafegam. _x000D_
 Seguem fotos anexas.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/97/46_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/97/46_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo encaminhe à esta Casa de Leis a relação atualizada de todos os servidores que recebem função gratificada ou quaisquer outras gratificações, para fins de acompanhamento e fiscalização, especialmente quanto o limite de despesa com pessoal.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/98/47_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/98/47_dito.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado e enviado à esta Casa de Leis estudo de impacto financeiro mensal, a fim de que seja calculado o valor total dispendidos mensalmente em caso de ser elevado para R$ 540,00 o vale alimentação dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/99/48_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/99/48_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo tome as providências necessárias e em caráter de urgência, visando dar atendimento às exigências mínimas em relação ao SAMU, inclusive disponibilizando local apropriado, já que há risco de que o município perca sua base.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/222/49_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/222/49_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo informe qual o motivo pelo qual a Secretaria de Saúde não utiliza o sistema gratuito E-SUS para realizar o gerenciamento e registro das informações de saúde dos cidadãos atendidos na Atenção Primária de Saúde (APS), mas sim sistemas particulares e pagos tais como o Gov.br e o IPM (atualmente utilizado), pois há relatos de funcionários  de que o sistema disponibilizado pelo Ministério da Saúde (E-Sus) é apto e  eficaz para gerir as informações dos usuários do Sistema Único de Saúde._x000D_
 _x000D_
 Ressalto que vem ocorrendo um descontentamento de parte dos servidores da área da saúde com o atual sistema implantado, havendo questionamentos quanto ao envio de informações à base nacional (RNDS), isto é, se está havendo os cruzamento/integração de tais dados._x000D_
 _x000D_
 Solicito, por fim, que seja informado à esta Casa de Leis qual o valor dispendido para manutenção do sistema IPM, especificamente na área da saúde.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/223/50_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/223/50_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo estude a viabilidade de construir mais 02 (duas) salas no Colégio Estadual Miguel Dias, a fim de suprir a atual demanda.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/316/51_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/316/51_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo informe a previsão de início e conclusão das obras de pavimentação da rua principal do Bairro Cruzeiro, da Rua em frente à Escola do Distrito do Joá e Ruas da Praça do Distrito do São Roque do Pinhal, pois, inclusive, existe instalada placa da Prefeitura dando publicidade das mencionadas obras desde o ano passado.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/317/52_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/317/52_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo proceda a inclusão, nos próximos editais de concursos públicos realizados pela Administração Municipal, da possibilidade de isenção da taxa de inscrição para doadores regulares de sangue, mediante comprovação adequada, nos termos da Lei Municipal n.º 1.808/2025 (em anexo).</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/318/53_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/318/53_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, informe, no prazo legal, se foi realizado o aterramento do lago existente no Vale da Pirambeira e, em caso negativo, tome as providências necessárias para fazê-lo, visando evitar a proliferação de agentes causadores de doenças, tais como a dengue.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_54-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_54-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo envie à esta Casa Legislativa, conforme já acordado, novo projeto de lei que institua o fornecimento de maquinários aos produtores rurais do município, bem como a regulamentação da hora-máquina para utilização desses equipamentos, com o objetivo de incentivar a produção agrícola e garantir melhores condições de trabalho.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_55-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_55-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal informe, no prazo legal, quantos guardas municipais estão designados para realizar a vigilância dos prédios públicos no município, discriminando, os locais em que atuam._x000D_
 _x000D_
 A presente solicitação visa obter informações precisas sobre a segurança dos prédios públicos municipais e possibilita avaliar a suficiência do efetivo e, se necessário, propor medidas que assegurem a proteção adequada dos bens e serviços públicos.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_56-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_56-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que informe o quantitativo de terrenos pertencentes ao Município, especificando sua localização.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_57-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_57-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Para que Poder Executivo informe, no prazo legal, se estão sendo fornecidos uniformes, e EPI’s aos servidores da Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/366/req_58_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/366/req_58_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, informe a este Legislativo quantos veículos da Secretaria Municipal de Saúde encontram-se atualmente à disposição para atender às demandas da população, especificando o tipo de veículo e forma de utilização. Além disso, requer que seja informado se há pacientes que necessitam fazer uso do veículo de forma individual, dada a gravidade da enfermidade e, em caso positivo, quantos usuários atualmente necessitam de exclusividade para o deslocamento, e com qual frequência.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_59-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_59-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Considerando que existem vários cachorros abandonados ou simplesmente soltos em nossa cidade, sendo que alguns deles são extremamente perigosos, como Pitbull, p.ex., requer ao Executivo que dê cumprimento ao que consta na lei n. 1425/2016, especialmente quanto a aplicação de multa para os que não a cumprem (art. 32).</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_60-2025_-_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_60-2025_-_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, informe à esta Casa de Leis quais as medidas que estão sendo planejadas ou já implementadas para viabilizar o transporte dos moradores (pacientes) da zona rural até o Posto de Saúde do Município de Joaquim Távora, os quais enfrentam dificuldades de deslocamento, o que muitas vezes compromete a realização de consultas médicas, exames e tratamentos.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_61-2025_-dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_61-2025_-dito.pdf</t>
   </si>
   <si>
     <t>Não raro, consta nas licitações de obras que a Prefeitura realize parte delas, como ocorre atualmente na de pavimentação asfáltica, na qual o Município tem por obrigação proceder a remoção das lajotas. _x000D_
 _x000D_
 Tal tipo de procedimento dá margem para que haja confusão entre a divisão de tarefas e atribuições, dificultando até mesmo a fiscalização da execução da obra, pois maquinários particulares se misturam com os públicos._x000D_
 _x000D_
 Assim, para fins de melhor fiscalização e também para que os maquinários da Prefeitura realizem outros serviços básicos e prioritários, bem como possam atender os produtores rurais, requer que nos próximos procedimentos licitatórios não sejam incluídos serviços/obras de responsabilidade da Prefeitura.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Adevilson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/390/62_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/390/62_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo instale redutor de velocidade ou equipamento de fiscalização eletrônica, bem como reforce a sinalização vertical e horizontal e vertical tanto na Av. Paraná, saída para Carlópolis, como também na mesma avenida, próximo ao Mercado Carreiro, alertando os motoristas sobre obrigatoriedade de respeito aos limites de velocidade, para a segurança dos pedestres.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/391/63_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/391/63_marcos.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo informe a destinação das lajotas que estão sendo removidas de ruas de nossa cidade - substituídas por pavimentação asfáltica -, se serão reaproveitadas em outras localidades ou descartadas.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/392/64_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/392/64_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo informe como vem sendo realizada a limpeza do velório municipal de Joaquim Távora, e com qual frequência, considerando que está havendo reclamações quanto as condições de higiene do local, especialmente no que se refere aos banheiros/sanitários.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/403/65_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/403/65_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo tome as devidas providências para que o Município seja beneficiado por emenda impositiva do Deputado Estadual Nelsi Coguetto Maria (Vermelho), no valor de R$ 421.971,65, a ser utilizado na área de Educação (ofício em anexo), sugerindo, este vereador, que seja, para aquisição um micro-ônibus ou veículo similar.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/411/req_66_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/411/req_66_fernando.pdf</t>
   </si>
   <si>
     <t>Alguns professores, que tem dobra de horário, ou seja, que tinham um padrão (20h) e passaram a ter dois (40h) , relatam que recebem somente o vale alimentação referente a 20h. requer que o executivo que tais profissionais passem a receber a integralidade do vale alimentação, no período em que mantiveram a dobra da jornada de trabalho, por ser de direito dos mesmos.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/416/67_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/416/67_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que realize Estudo de Impacto Econômico-Financeiro caso não seja cobrado de forma progressiva o IPTU referente aos imóveis cujos proprietários/possuidores sejam titulares de um único imóvel. Em suma: qual será o impacto se o município deixar de cobrar IPTU de pessoas que sejam titulares de um só imóvel não edificado?</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_68_-2_025_-henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_68_-2_025_-henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal informe a esta Câmara Municipal:_x000D_
 _x000D_
 1. O quantitativo total de câmeras de monitoramento atualmente instaladas no Município;_x000D_
 2. A localização individualizada de cada uma delas;_x000D_
 3. Quais dessas câmeras encontram-se efetivamente em funcionamento, especificando as que estão inoperantes;_x000D_
 _x000D_
 O presente requerimento tem como finalidade garantir a transparência das ações do Poder Executivo e possibilitar o acompanhamento, por parte dos Vereadores e da população, da real efetividade do sistema de monitoramento urbano.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_69-2025_-_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_69-2025_-_marcos.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo informe se realmente as crianças autistas serão atendidas em nosso Município, sem que tenham que se deslocar para outros municípios, considerando a crescente necessidade de ações sobre o tema, vez que  muitos ainda não foram devidamente diagnosticados e não recebem qualquer tratamento.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Adevilson dos Santos, Fernandinho do Gás</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_70-2025_-_adevilson_e_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_70-2025_-_adevilson_e_fernando.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo envie cópia do último contrato/convênio/aditivo celebrado entre o município e a Sanepar, bem como informe o prazo de vigência, para fins de fiscalização e acompanhamento.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_71-2025_-_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_71-2025_-_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo cadastre o Município de Joaquim Távora no Chamamento Público n. 03/2025 GMS n. 38/2025, do DETRAN do Paraná, que trata de recursos financeiros, no importe de R$345.000,00, para o planejamento e a operacionalização da Sinalização Viária Urbana Horizontal e Vertical – Edital em anexo._x000D_
 _x000D_
 Mencionado valor será extremamente útil para melhorar e aprimorar a sinalização de nossa cidade, garantido proteção de pedestre, redução de sinistros e  melhoria do fluxo do tráfego.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_72-2025_-_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_72-2025_-_marcos.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que determine a limpeza em toda a extensão do parque da Estação Ferroviária, pois há reclamação que existem vários pontos com água parada, o que pode servir como foco de proliferação da dengue.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_73-2025_-__henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_73-2025_-__henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, informe à esta Casa de Leis se o “Cartão Material Escolar” que atenderá os alunos da rede pública de ensino será destinado também aos alunos da APAE de nosso município.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_74-2025_-_henrique_1.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_74-2025_-_henrique_1.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo nova que elabore, pelo respectivo setor, Estudo de Impacto Financeiro Orçamentário, caso houvesse a redução de 30% no valor cobrado a título de Contribuição de Iluminação pública, nos termos do artigo 14 da Lei Complementar 101/2000 (LRF).</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_75-2025_-_fernando_e_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_75-2025_-_fernando_e_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo informe à esta Casa de Leis, por meio da Secretaria de Saúde, se há carro da saúde disponível para o transporte de pacientes autistas e, em caso negativo, que se seja disponibilizado um veículo exclusivo e prioritário para portatores do transtorno do espectro de autista para deslocamento ao Centro Especializado em Reabilitação (CER), na cidade de Jacarezinho/PR. _x000D_
 _x000D_
 O presente requerimento tem por finalidade obter informações acerca da logística de transporte disponibilizada pela Secretaria de Saúde aos pacientes com Transtorno do Espectro Autista (TEA), considerando a necessidade de atendimento especializado, e as peculiaridades de cada caso.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_76_-_dito_-_assinado.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_76_-_dito_-_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita-se que o Executivo esclareça:_x000D_
 _x000D_
 1. Qual procedimento administrativo foi utilizado para a concessão do referido espaço (licitação, autorização, permissão ou outro instrumento);_x000D_
 _x000D_
 2. Se houve cobrança de valores, qual a forma de arrecadação e o destino dos recursos;_x000D_
 _x000D_
 3. Critérios utilizados para a escolha do responsável pelo, caso não tenha havido processo licitatório;_x000D_
 _x000D_
 4. Período exato de utilização do espaço e condições pactuadas.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_77-2025_-_sapl.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_77-2025_-_sapl.pdf</t>
   </si>
   <si>
     <t>Foi apresentada e aprovada Emenda Impositiva n.003/2025, ao Orçamento do ano de 2024, a ser destinada para aquisição de equipamentos para a UaPSF Zilda Arns, no valor de R$20.000,00._x000D_
 Ocorre que, segundo informações de servidores que trabalham no local, os equipamentos não foram entregues, embora aparentemente tenham sido comprados._x000D_
 Assim, requer que o Executivo preste informações sobre o cumprimento ou não da aludida emenda impositiva (em anexo). Requer que, após cumpridas as formalidades regimentais, seja encaminhado ao Prefeito Municipal.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_78-2025_-_dito_-_pdf_1.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_78-2025_-_dito_-_pdf_1.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo preste informações detalhadas acerca das seguintes situações:_x000D_
 - Obra do Centro de Referencia de Assistência Social - CRAS_x000D_
 - Situação do prédio da antiga Prefeitura.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_79-2025_-_sapl.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_79-2025_-_sapl.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pelo respectivo setor, proceda a interdição das pontes existentes no Parque Ecológico (bairro Centro de Eventos), pois estão em péssimas condições. _x000D_
 _x000D_
 Outros vereadores, tais como Fernando da Cunha Fiats e Adevilson dos Santos, já apresentarão indicações para que seja feita a manutenção ou substituição das pontes, utilizando estrutura e metal, por exemplo._x000D_
 _x000D_
 Ocorre que até a presente data não foram tomadas providências, e há risco a incolumidade dos que ali frequentam, sendo necessária a interdição.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/551/req_80_-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/551/req_80_-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO, a fim de que o Poder Executivo Municipal, por meio da Secretaria competente, adote medidas urgentes visando à canalização da água proveniente do Cemitério Municipal, impedindo que esta escoe diretamente sobre a via pública, situação que atualmente oferece riscos a segurança e a saúde pública. Diante do exposto, requer-se o pronto atendimento ao presente pedido, em razão de seu caráter preventivo e de evidente interesse público.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_81_-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_81_-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>"Para que o Poder Executivo, informe se está sendo providenciada a ampliação do Cemitério Municipal, com a aquisição de novos lotes, e qual a previsão para que procedido o aumento do local".</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Ind</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_01-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_01-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, notifique os proprietários de terrenos baldios que estão com mato muito alto, trazendo risco de criação de animais peçonhentos.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_02-_benedito_azarias.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_03-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_02-_benedito_azarias.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_03-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, verifique a possibilidade de reformar a Escola São Sebastião, adequando o espaço para o perfeito atendimento dos alunos, bem como instale grade para garantir a segurança no local.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_04-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_04-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, proceda o recapeamento (operação tapa buraco, reposição de lajotas, etc.), em várias ruas e localidades da cidade (...).</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_05-benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_05-benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, estude a possibilidade de criar espaços recreativos nos bairros São Sebastião e Vila Nova, com a instalação de “Parquinhos”, tais como já existem nos bairros Asa Branca e Centro de Eventos, pois aquelas comunidades são praticamente as únicas não beneficiadas/atendidas com áreas de lazer.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/301/06_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/301/06_dito.pdf</t>
   </si>
   <si>
     <t>Para que o executivo estude a possibilidade do município fornecer os materiais didáticos aos alunos da rede municipal, pois os que constam da lista exigida atualmente, pelas escolas tem custo médio de quase R$300,00, inviabilizando que inúmeros pais possam adquiri-los.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_07-_benedto_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_07-_benedto_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, assim que possível, realize obras para melhorar o trânsito na Av. Paraná e cruzamentos, com a diminuição dos avanços de calçadas nas esquinas, que dificultam as conversões._x000D_
 _x000D_
 Também solicita que analise a possibilidade de rever a situação das ruas de mão única, especialmente as localizadas acima da linha férrea, bem como seja retirado o semáforo do cruzamento das Av. Paraná e Souza Naves, que trava o fluxo de veículos, sendo instalado em outra localidade.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_08-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_08-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo reveja e amplie os medicamentos a serem adquiridos nas próximas licitações, tendo em vista que a reclamação mais recorrente dos munícipes é exatamente a falta de medicamentos nos Postos de Saúde.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_09-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_09-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo solicite junto a SANEPAR a expansão da rede de abastecimento de água no Bairro 40 de Cima (Pederneira, próximo a Igreja Católica), levando benefício essencial que atenderá várias famílias.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_10-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_10-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo forneça aos servidores que necessitem EPI’s, tais como os que trabalham com roçagem, pois estão sem._x000D_
 .</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_11-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_11-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que adquira terrenos para a ampliação do Cemitério Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_12-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_12-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo proceda a reparação do calçadão que circunda Igreja Matriz, o qual encontra-se danificado, especialmente na lateral de cima.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_13-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_13-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o poder Executivo proceda às obras e reparos necessários a fim de evitar que as águas pluviais invadam propriedades localizadas no bairro do 40, no município de Joaquim Távora e sugere medidas a serem adotadas.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_14-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_14-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, estude a possibilidade de diminuir o valor da hora máquina, especialmente para o pequeno produtor rural, considerando que muitos não possuem condições arcar com os valores de tais serviços. Além disso, muitos deles sofreram com a seca no ano passado, o que veio a acarretar-lhes dificuldades financeiras, e justifica a diminuição do valor da hora máquina, como forma de incentivar as atividades desenvolvidas pelos produtores rurais do município. Ademais, requer seja estudada a viabilidade de ampliação do número de maquinários destinados à este fim.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_15-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_15-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, proceda ao plantio de árvores na zona urbana do município de Joaquim Távora, incluindo vias púbicas, parques e praças, de preferência árvores que produzam folhas o ano inteiro, tais como a Oiti, com o objetivo de fornecer sombra.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_16-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_16-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que, se possível, a Secretaria de Saúde programe a saída dos pacientes que são encaminhados diariamente para tratamento em Londrina, em dois horários (um pela manhã e outro a tarde) – medida adotada por várias Municípios vizinhos._x000D_
 _x000D_
 Isto para evitar, p.ex., que pessoas atendidas pela manhã retornem aos seus lares praticamente a noite, ou que os que são atendidos no período vespertino tenham que sair muito cedo, podendo, se for o caso, serem utilizados veículos menores para tanto.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_17-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_17-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo a instalação de redutor de velocidade na Rua Benedito Alves de Lara, nas proximidades da Igreja, por se tratar de reivindicação dos que por ali residem.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_18-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_18-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria de Obras, proceda a pavimentação da Estrada dos Peregrinos, bem como realize a instalação de sistema de iluminação pública em todo o trecho.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio das divisões competentes, elabore um plano de urbanização nas marginais das rodovias, visando a expansão da área urbana do município, respeitada a metragem de faixa não edificável constante do Plano Diretor. Além disso, solicita que seja implantada a iluminação nas marginais das rodovias, haja vista a existência de saldo disponível superior a R$ 1.000.000,00 (um milhão de reais), a título de COSIP, cujos valores destinam-se a custear o serviço de iluminação pública do Município,</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_20-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_20-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo disponibilize transporte público (ônibus) também no meio do dia do São Roque do Pinhal para Joaquim Távora, visto ser solicitação recorrente da população do Distrito.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_21-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_21-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo solicite junto a SANEPAR a expansão da rede de abastecimento de água na Colônia São Miguel, neste Município, sendo que encaminhamos em anexo abaixo-assinado da comunidade a ser atendida.</t>
   </si>
   <si>
     <t>Ivone Aparecida Mendonça Silva</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_22-_ivone_aparecida.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_22-_ivone_aparecida.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal, através da Secretaria competente, proceda a reforma/reparos no prédio do Velório Municipal, bem como proceda a instalação de ar condicionado quente e frio em todos os ambientes, bebedouro com 2 torneiras água gelada e natural, e instalação de gás canalizado.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_23-_ivone_aparecida.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_23-_ivone_aparecida.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo estude a possibilidade de instalar redutor de velocidade na Rua Miguel Dias (próximo ao parque).</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_24-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_24-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria/Divisão competente, proceda a construção de um muro atrás da tela de alumínio instalada no campo de futebol da estação ferroviária, logo atrás da trave de futebol, a fim de fazer cessar a perturbação do sossego alheio.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_25-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_25-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>para que o Poder Executivo estude a viabilidade de proceder a ampliação da rede de abastecimento de água potável, a fim de fornecer tal serviços às propriedades localizadas após o Distrito do Joá até o bairro da Água Verde e suas extensões.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_26-_vanessa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_26-_vanessa_ramos.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Obras, proceda, primeiramente, a limpeza e despoluição do Fundo de Vale localizado na Rua Germano de Souza (nas proximidades da rua Egídio Soares), no Bairro Vila Nova, onde ainda existe esgoto a céu aberto - provavelmente proveniente de ligações clandestinas._x000D_
 _x000D_
 Solicita que efetue a revitalização da área, com a padronização das calçadas ao entorno, instalação de alambrado, para evitar eventuais quedas de pedestres, bem como seja analisada a possibilidade de construir ou uma ponte ou passarela para servir de prolongamento da Rua Germano de Souza._x000D_
 _x000D_
 Lembra ainda que se trata de área de proteção ambiental, merecendo especial atenção, podendo, talvez, ser incluídas as obras no programa de repasse de recursos de Itaipu.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_27-_vanessa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_27-_vanessa_ramos.pdf</t>
   </si>
   <si>
     <t>Alunos tavorenses estão frequentando Escolas Agrícolas nas cidades de Cambará e Bandeirantes. Considerando que há enorme dificuldade para se deslocarem para as mencionadas cidades (pois a disponibilidade de linhas de ônibus diminuiu sobremaneira), solicita que seja analisada a possibilidade do Executivo disponibilizar um ônibus/van para que os leve na segunda-feira e os busque na sexta.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_28-_vanessa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_28-_vanessa_ramos.pdf</t>
   </si>
   <si>
     <t>Indubitavelmente, como constatado em contato direto com a população, uma das maiores cobranças é a reforma da Avenida Paraná._x000D_
 _x000D_
 A imensa maioria reivindica que haja recuou das calçadas nas esquinas, alargando-se a pista de rolagem (como era anteriormente), facilitando, ainda, que veículos façam as conversões - sem que resvalem ou batam nas muretas atualmente edificadas._x000D_
 _x000D_
 Solicita, ainda, que sejam retomadas mão-dupla ao menos nas Ruas Egidio Soares, Rui Barbosa, Barão do Rio Branco, José Joaquim Corrêa e Cornélio Lourenço Bagatim, bem como que sejam sincronizados os semáforos da Av. Paraná, ou que ao menos que sejam colocados em funcionamento somente nos horários de pico.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_28-_vanessa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_28-_vanessa_ramos.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Setor, proceda a regularização dos pontos ônibus na cidade, providenciando a instalação de bancos, reparos nas coberturas e procedendo a devida sinalização tanto vertical, quanto horizontal._x000D_
 _x000D_
 Solicita, também, que seja elaborado estudo pela Secretaria competente para verificar onde há concentração de alunos que utilizam do transporte, inclusive na zona rural, para que então proceda-se a instalação de pontos devidamente adequados.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_30-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_30-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo proceda a troca das lâmpadas queimadas no município.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_31-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_31-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo disponibilize transporte público (ônibus circular) que atenda moradores do Distrito do Joá e Bairro do Cruzeiro com destino ao município de Joaquim Távora, visto ser solicitação recorrente da população local, visando garantir mobilidade e inclusão para as comunidades rurais, que muitas vezes enfrentam dificuldades de acesso à área urbana.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_32-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_32-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>reiterar  INDICAÇÃO já feita por Esta Casa de Leis, para que o Executivo Municipal, pela Secretaria competente, proceda a imediata retirada das lombadas elevadas localizadas em frente do Banco do Brasil e ao lado dos Correios, pois embora já tenha sido informado que estas serão removidas, ainda continuam instaladas, o que vem ensejando a maior lentidão do tráfego de veículos no local.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_33-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_33-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela respectiva Secretaria competente, realize a manutenção da estrada que liga o Distrito do Joá ao asfalto, especificamente nos seguintes pontos:_x000D_
 _x000D_
 a)	3 pontos onde foram instalados encanamentos (Bairro do Ceboleiro);_x000D_
 b)	3 pontos onde foram colocados bueiros (Bairro do Cruzeiro);</t>
   </si>
   <si>
     <t>Antônio Luis Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_34-_antonio_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_34-_antonio_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, proceda a manutenção da estrada de acesso a captação de água da Sanepar (estrada Ribeirão do meio), que se encontra em situação precária devido as recentes chuvas.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_35-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_35-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, estude a viabilidade de realizar a ampliação da área industrial do município, bem com o de implementar ações voltadas à atração de indústrias e geração de empregos.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_36-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_36-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Várias caçambas de lixo estão distribuídas por localidades do Município. Muitas delas estão sem tampas e cachorros acabam por revirar o lixo, trazendo inúmeros transtornos, inclusive atraindo urubus._x000D_
 _x000D_
 Assim, solicita que o Executivo, pelo Setor competente, proceda o conserto das caçambas danificadas, bem como aumente a frequência do recolhimento do lixo.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_37-_valdirene.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_37-_valdirene.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo proceda a instalação de redutor de Velocidade na Rua Miguel Dias, próximo ao parque Ecológico.</t>
   </si>
   <si>
     <t>Valdirene Cabrera Mendes</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_38-_valdirene.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_38-_valdirene.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo a construção de 2 vestiários com banheiros e um banheiro para o público em geral no Complexo Esportivo da  Asa Branca.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_39-_valdirene.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_39-_valdirene.pdf</t>
   </si>
   <si>
     <t>Construção de dois vestiários com banheiro e um banheiro para o público em geral no COMPLEXO ESPORTIVO ASA BRANCA.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, realize a manutenção da ponte na estrada que liga o Joá ao Cruzeiro (acesso de baixo), preferencialmente substituindo-a por uma de concreto.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_41-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_41-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria competente, proceda a manutenção da quadra poliesportiva do Distrito do Joá, a qual necessita de cobertura, melhorias no piso e alambrado nas laterais.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_42-benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_42-benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria competente, refaça a pintura interna do Posto de Saúde Central, a que encontra-se em péssimas condições.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_43-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_43-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria competente, proceda a reforma completa dos banheiros do Ginásio de Esportes, que se encontram em péssimas condições de uso.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_44-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_44-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Esporte, estude a possibilidade de disponibilizar transporte para os times amadores de futebol, sendo reinvindicação frequente dos interessados.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_45-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_45-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Saúde amplie o horário de funcionamento da Farmácia do Posto de Saúde Central, para otimizar o atendimento população, inclusive com ampla divulgação, pois em outras ocasiões em que o horário foi estendido não chegou ao conhecimento dos usuários._x000D_
 Ou ainda que funcione uma Farmácia no Hospital Comunitário para atender a demanda da população.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_46-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_46-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo reinstale os bancos na Rodoviária, tendo em vista que pessoas idosas ou com dificuldades físicas não possuem local adequado para aguardar o transporte. Solicita também que o Terminal Rodoviário fique aberto, ao menos nos horários de saída e chegada dos ônibus. _x000D_
 _x000D_
 Solicita, ainda, que providencie a regulagem das portas na Rodoviária, evitando que sejam danificadas.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_47-_ivone_aparecida.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_47-_ivone_aparecida.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal, através da Secretaria de Saúde, viabilize a compra de aparelhos para a realização de exames de ELETROENCEFALOGRAMA e ESPIROMETRIA, os quais podem ser realizados tranquilamente nos Postos de Saúde pela Equipe de Enfermagem, sendo o arquivo dos exames prontamente enviado para o serviços de telemedicina para análise por médico especialista, o qual fará a liberação do resultado. A presente indicação objetiva trazer avanços na área da saúde em benefício da população, agilizando a realização dos exames, diminuindo o tempo na fila de espera, e proporcionando conforto aos pacientes, por serem realizados em nosso município.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_49-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_49-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, realize a construção de estacionamentos nos prédios da prefeitura municipal e da câmara de vereadores para os veículos dos respectivos funcionários, servidores e agentes políticos, bem como proceda a delimitação de vagas de estacionamento na frente dos referidos prédios, destinadas aos usuários, com reserva para pessoas idosas e com deficiência.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_50-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_50-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo integre a Política Nacional de Trabalho Digno e Cidadania para a População em Situação de Rua (PNTC PopRua - Lei nº 14.821 de 16/01/2024), para dar assistência a estas pessoas, instituindo unidade de acolhimento institucional para pernoite eventual ou provisório, com oferta de condições de autonomia financeira e de enfrentamento da pobreza, por meio de programas redistributivos, de elevação da escolaridade, de qualificação profissional e de promoção do acesso amplo, seguro e simplificado ao trabalho e à renda.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_51-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_51-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, proceda a limpeza da Rua do Santíssimo Nome de Nosso Senhor Jesus, bem como termine a obra das calçadas, pois os materiais estão depositados há tempos no local, atrapalhando o fluxo de pedestres.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_52-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_52-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, proceda a pavimentação do prolongamento da rua Emilio Calil, com uma extenção aproximada de 60m, sendo uma das poucas localidades na cidade ainda sem asfalto.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_53-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_53-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal considere a possibilidade de que o Posto de Saúde da Asa Branca fique aberto a partir de certa hora da madrugada, para que as pessoas que aguardam transporte para atendimento em outros Municípios tenham onde se abrigar e utilizarem banheiros.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_54-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_54-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que providencie a limpeza de ruas e terrenos no Bairro Green Vale, que se encontram-se em situação alarmante, com mato muito alto, também como forma de evitar a propagação do mosquito da dengue.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_55-__marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_55-__marcos_jose.pdf</t>
   </si>
   <si>
     <t>Para que o executivo disponibilize pessoal capacitado (psiquiatras, psicólogos, etc) para promover o atendimento autista, inclusive com a disponibilização de local apropriado, podendo, ser, inclusive, em espaço no antigo prédio da prefeitura, tendo em vista o significativo de casos em nosso município.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_56-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_56-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Para que o executivo proceda a organização dos estacionamentos destinados a motos, especialmente na Av. Paraná, considerando que em muitos casos há desrespeito quanto aos locais reservados, o que acaba tirando as vagas de carros.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_57-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_57-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria competente, proceda a devida sinalização na Rua Gabriel Manoel, indicando que se trata de via de mão única, possibilitando que os motoristas que identifiquem a direção que devem seguir, com o objetivo de evitar acidentes, já que referida rua é frequentemente utilizada para desvio de carros que trafegam pela Avenida Paraná.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_58-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_58-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, por meio da secretaria competente, proceda o conserto das lâmpadas de LED instaladas nos postes da cidade, vez que em inúmeros lugares há lâmpadas danificadas.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_59-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_59-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Recentemente houve poda de árvores no Distrito do São Roque do Pinhal. Assim, solicita que sejam recolhidos os galhos, bem como proceda a limpeza no Distrito, especialmente.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_60-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_60-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que providencie a limpeza das margens da pista de caminhada do Parque da Estação Rodoviária, bem como da área (trilha) existente entre o Parque e a Rua Benedito Alves de Lara, acesso utilizado por vários moradores dos Bairros Vista Bela, Três Meninas e outros.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_61-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_61-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria competente, realize com urgência a manutenção da Rua das Cerejeiras, no bairro Vista Bela, visando evitar acidentes, já que referida ia se encontra em péssimas condições, devido a existência de inúmeros buracos.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_62-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_62-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, realize, com urgência, a manutenção da ponte que dá acesso ao bairro dos Três Galhos (Irani), a qual se encontra em condições precárias, com iminente risco de ocorrência de graves acidentes (vídeo anexo).</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_63-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_63-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Obras e Viação, instalação de um redutor de velocidade na Rua Pedro Soares (acima da linha Férrea), considerando que há grande fluxo de carros, especialmente nos dias de Cultos e Missas no Santuário, elevando o risco de atropelamento de crianças da localidade.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_64-_vanessa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_64-_vanessa_ramos.pdf</t>
   </si>
   <si>
     <t>É sabido que tanto no período da madrugada, como no horário de almoço, os usuários dos Postos de Saúde, que chegam com antecedência para aguardar atendimento médico ou esperar transporte para consultas fora do município, ficam aguardando do lado de fora das unidades, em “céu aberto”, enfrentando intempéries, sem acomodação adequada, e privados de utilizarem banheiros._x000D_
 _x000D_
 Assim, considerando o princípio constitucional da dignidade da pessoa humana, solicita ao Poder Executivo que viabilize a abertura da recepção do Postos de Saúde, especialmente a do Posto Central, tanto no período da madrugada (antes da abertura), bem como no horário em que as unidades fecham para o almoço, designando, para tanto, servidor de seu quadro para atender os usuários nos referidos períodos.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_65-_vanessa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_65-_vanessa_ramos.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria de Saúde, viabilize o transporte exclusivo para pacientes oncológicos em tratamento no Hospital de Câncer na cidade de Londrina e outras, através de uma VAN, visando possibilitar um atendimento mais digno, ágil e pontual, considerando o impacto emocional e físico que o tratamento oncológico impõe aos pacientes e suas famílias, que passam, muitas vezes, aguardando o dia todo para retornar à cidade de origem,  pois só são liberados após o atendimento de pacientes que possuem outras enfermidades que, por vezes, demandam maior tempo de espera.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_66-luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_66-luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela respectiva Secretaria, providencie a cobertura da arquibancada no Centro Esportivo do Bairro Asa Branca, para melhor acomodação dos usuários.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_67-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_67-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que estude a possibilidade de fornecer transporte ou ceder veículo para os professores que lecionam nas Escolas Distritais (caso não residam próximos as mesmas), tal como é feito em municípios como Siqueira Campos e Carlópolis.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_68-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_68-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Obras, instale redutor de velocidade na Avenida Senador Souza Naves, próximo ao barracão da terceira idade, tendo em vista que o fluxo de carros e motos em alta velocidade é frequente, sendo que recentemente um carro atropelou e matou um cachorro e o motorista sequer prestou socorro.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_69-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_69-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Obras, proceda a manutenção da Av. Paraná, especialmente nas proximidades da residência do “Fininho”, onde o asfalto cedeu/afundou, causando transtorno a todos que por ali trafegam.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_70-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_70-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Na Avenida Getúlio Vargas, atrás do cemitério, foi realizado há algum tempo paisagismo. Porém, atualmente, necessita de manutenção, especialmente quanto a limpeza e poda de arbustos.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_71-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_71-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, com urgência, proceda a instalação de aparelhos de ar condicionado no CMEI João Antônio, ou por ora, de ventiladores, a fim de garantir maior conforto aos alunos e professores, que vem sofrendo com os dias de calor intenso. Além disso, se faz necessário, também, que com a devida urgência, seja providenciada a construção de uma quadra esportiva para possibilitar a realização de aulas de educação física pelos alunos, as quais vem ocorrendo nos corredores do local, e devido ao barulho causado, é necessário fechar as portas das salas de onde outros alunos estão em aula, o que vem lhes causando ainda mais sofrimento, devido aos dias quentes.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_72-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_72-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que estude a possibilidade de conceder auxílio-transporte, que consiste em um benefício de natureza indenizatória, destinado ao custeio das despesas realizadas com transporte para os professores que lecionam nas Escolas Distritais (caso não residam próximos as mesmas), tal como é feito em Municípios como Siqueira Campos e Carlópolis.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_73-_ivone_aparecida.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_73-_ivone_aparecida.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal, através da Secretaria d Competente, realize, com urgência, a troca do forro do Posto de Saúde do Cruzeiro, vez que está danificado devido com infestação de cupins, o que pode comprometer a segurança da população e a qualidade do atendimento. Solicito que a troca seja feita o mais breve possível, a fim de manter as condições adequadas, higiene e segurança aos profissionais e aos pacientes.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_74-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_74-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_75-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_75-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Vários bueiros estão destampados em nossa cidade, ou as tampas encontram-se em situação precária, colocando em risco a integridade física dos pedestres. Assim, solicita ao executivo, pelo respectivo departamento, que se proceda a vistoria de todos os bueiros e tampas, com os devidos concertos e reparos.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_76-_bnedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_76-_bnedito_azarias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo, pelo respectivo Departamento, que os rebaixamentos (depressão/sarjeta) no asfalto na Av. Souza Naves e Rua Rui Barbosa (nas proximidades do Maná) sejam retirados e sejam instaladas galerias pluviais, refazendo-se o asfalto, vez que tecnicamente não estão de acordo com as normas legais.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_77-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_77-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Saúde disponibilize atendimento de fisioterapia no São Roque do Pinhal, ao menos um dia da semana, considerando que há demanda, tanto é que várias viagens são realizadas diariamente, por veículos da Prefeitura.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_78-vanssa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_78-vanssa_ramos.pdf</t>
   </si>
   <si>
     <t>Sugere que até que seja estudada a viabilidade da criação da Guarda Municipal, sejam contratados vigias/vigilantes, ainda que por empresas terceirizadas, visando auxiliar a Polícia Militar, e por consequência, contribuir para a diminuição da criminalidade, que atinge tanto a esfera patrimonial, como também a própria vida das pessoas, motivo pelo qual providências devem ser tomadas imediatamente</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_79-benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_79-benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, por meio da secretaria de obras, proceda a limpeza das ruas e calçadas do São Roque do Pinhal, em razão da necessidade das podas das árvores que foi realizada, bem como a roçagem da praça situada no referido bairro.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_80-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_80-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que seja instalado um bebedouro industrial no Parque Esportivo do Bairro Asa Branca, considerando que as crianças e os atletas que utilizam o espaço não tem água potável disponível.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_81-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_81-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>No ano de 2024, foi realizada reunião entre o Executivo e moradores, proprietários ou detentores da posse de áreas localizadas na rua atrás do Asilo, para debater a regularização fundiária e principalmente viabilizar a pavimentação do local._x000D_
 _x000D_
 Como neste ano já assumiu nova administração, solicita informações ao Executivo quanto a possibilidade de pavimentação da mencionada rua, bem como da Rua Dirce Tressoldi dos Santos e prolongamento da Rua Cornélio Lourenço Bagatim, mesmo que com as lajotas sextavadas que serão retiradas de diversas outras ruas da cidade.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_82-_maecos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_82-_maecos_jose.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo cobre da empresa prestadora de serviços que proceda a troca de lâmpadas queimadas que compõem o sistema de iluminação pública, de forma mais rápida._x000D_
 _x000D_
 Solicita, também, que seja instalada mais um poste com a devida luminária na Rua Macieiras, no bairro As Branca, pois há um espaço considerável sem iluminação.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_83-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_83-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Obras, estude a possibilidade de terceirizar o serviço de manutenção de estradas rurais, com o objetivo de otimizá-lo, em respeito ao princípio da eficiência, vez que a municipalidade, não raro, apresenta dificuldades em executar tal serviço, o que acaba por prejudicar os produtores rurais.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_84-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_84-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, proceda a manutenção das calçadas danificadas nas vias públicas do município, inclusive a reparação dos pisos táteis, a fim de garantir a segurança e a mobilidade adequada dos pedestres.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_85-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_85-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo proceda a fiscalização das calçadas do município, vez que há vários passeios com desníveis, o que vem comprometendo a livre circulação e acessibilidade dos pedestres, pois tais condições inadequadas dificultam a locomoção e também aumentam o risco de acidentes, especialmente para pessoas idosas, com mobilidade reduzida ou com deficiências físicas.  Solicita, dessa forma, que os responsáveis sejam notificados, a fim de sanarem as irregularidades, aplicando corretamente as normas técnicas, sob pena da incidência das penalidades previstas em lei.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_86-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_86-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, em proceda a colocação de placas informativas que disciplinam o trânsito de animais em praças e parques do município, a fim de possibilitar o fiel cumprimento ao disposto na Lei n.º 1.245/2016 e no Código de Postura do Município. Segue o rol:_x000D_
 _x000D_
 1)	Placa "Proibido animais neste local", a ser utilizada para indicar que não é permitido a entrada de animais em determinado local;_x000D_
 2)	Placas que indicando a obrigatoriedade do uso de guia curta e focinheira em cães de grande porte, pit bulls e raças derivadas (Lei Federal_x000D_
 3)	Placas indicando o uso obrigatório de coleira ou guia de condução para cães e gatos em vias públicas, logradouros e outros locais de acesso público;_x000D_
 4)	Placa para orientar os tutores a recolherem as fezes de seus animais domésticos.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_87-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_87-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria ou Departamento competente, estude a viabilidade de proceder o alargamento da Rua 1º de Maio, onde está localizado o parque industrial, a fim de facilitar o fluxo de veículos e aumentar a segurança para pedestres e ciclistas, evitando acidentes, bem como melhorar a acessibilidade para veículos maiores, tais como caminhões e ônibus. Além disso, o alargamento da referida rua visa o desenvolvimento econômico da região, podendo atrair novos empreendimentos comerciais e residenciais, impulsionando a economia local.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_88-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_88-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, proceda, com urgência, ao conserto da mesa odontológica localizada no Distrito do Joá, o que é de extrema importância para que seja dado continuidade a prestação de serviço essencial à população, sendo que tal equipamento encontra-se danificado há meses, tendo este vereador já solicitado o conserto o ano passado.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_89-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_89-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo proceda com urgência, a aquisição de um bebedouro industrial e o instale no velório municipal, para atender as necessidades das pessoas que comparecem as cerimonias fúnebres, pois o que se encontra atualmente no local é insuficiente para satisfazer a necessidade da população, notadamente no s dias de claro extremo.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_90-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_90-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Setor, em consulta com a Secretária de Educação estabeleça os locais para instalação de pontos de ônibus em nossa cidade e Distritos, considerando que atualmente os existentes sequer tem condições mínimas de uso, faltando bancos, reparos nas coberturas, etc, sendo que, não raro, as crianças ficam sujeitas as intempéries.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_91-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_91-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Setor, instale redutor de velocidade ou reforce a sinalização de trânsito para evitar excesso de velocidade nas proximidades da Igreja localizada na Rua do Ipê Branco, para evitar acidentes, especialmente envolvendo pedestres.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_92-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_92-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo estude a possibilidade de aumentar os vencimentos das serventes municipais, tendo em vista que certamente exercem atividades tidas como insalubres, mas que acabam por não sendo reconhecidas quando da elaboração dos laudos técnicos._x000D_
 _x000D_
 A título de argumento, observe que, se ainda fossem regidas pela CLT, teriam direito ao respectivo adicional, visto que diariamente limpam banheiros onde mais de 30 pessoas frequentam.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_93-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_93-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo disponibilize aos alunos da rede municipal de ensino consultas odontológicas para avaliá-los, nas escolas e, se for necessário, que sejam encaminhados para o devido tratamento.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_94-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_94-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo forneça transporte para os alunos universitários que estudam em Ourinhos, pois mais de 20 deles estão sem vagas nos ônibus atualmente disponibilizados pela Associação de Estudantes ou que aumente o repasse/subsídio para contratação de uma van, até a regularização da situação.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_95-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_95-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Obras, aplique pó de pedra/asfalto no calçamento da estrada da Pedreira, bem como seja utilizado o rolo compressor, tendo em vista que há muita irregularidade no local, prejudicando o tráfego de veículos.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_96-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_96-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo que seja realizado reparos na rua Pedro Soares (paralela a Av. Paraná), na altura da passagem que foi recentemente aberta em cruzamentos com a linha férrea, pois existem trechos com inúmeros buracos.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_97-_ivone_aparecida.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_97-_ivone_aparecida.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, através da Secretaria de Saúde, estude uma medida eficiente e corretiva para exterminar a infestação de pernilongos no chafariz da Praça da Igreja Matriz._x000D_
 _x000D_
 Justifico a presente indicação, em razão de ter recebido várias reclamações dos munícipes e, em vistorias in loco, observei o acúmulo de água no local, sendo ali o maior foco destes pernilongos._x000D_
 _x000D_
 Dessa forma, solicita que seja realizado um estudo para sanar esse problema de saúde pública.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_98-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_98-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que proceda a substituição das bandeira do município hasteada na entrada da cidade, que se encontra danificada, bem como estude a possibilidade de recolocar o mastro original, em seu tamanho normal, vez que houve a diminuição de sua altura. _x000D_
 _x000D_
 Solicita também que o Poder Executivo observe a qualidade das bandeiras hasteadas nas Escola Municipais, procedendo a troca daquelas que estiverem danificadas.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/186/indivacao_99-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/186/indivacao_99-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Reitera indicação já feita por esta Casa de Leis, para que o Poder Executivo, por meio da Secretaria Competente, proceda, com urgência, ao conserto/troca das lâmpadas de LED que compõe a iluminação pública do município, vez que existem inúmeras delas sem funcionamento, em diversos bairros da cidade. Sugere-se que seja designado um servidor municipal para fazer um levantamento quantitativo das lâmpadas queimadas/danificadas, a fim de que seja mantida a adequada iluminação em todo o município.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_100-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_100-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria Competente, proceda, com urgência, a poda na parte baixo das árvores, cujas folhagens vem atrapalhando o tráfego de pedestres nas calçadas do município, inclusive, por questão de segurança.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_101-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_101-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo analise a possibilidade de designar um servidor qualificado tecnicamente (formação superior em engenharia ou arquitetura) para acompanhar e fiscalizar as obras civis de titularidade do Município, considerando que atualmente são várias, com previsão de outras futuras, e que algumas delas estão sendo executadas em padrões não aceitáveis ou fora de prazo.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_102-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_102-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Considerando que as lixeiras localizadas na Colônia São Miguel estão em condições precárias, solicita ao Executivo, pela respectiva Secretaria, que proceda a troca ou reparo das mesmas.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_103-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_103-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>O prédio da Escola Municipal São Sebastião necessita urgentemente de manutenção, especialmente quanto a limpeza, regulagem das portas, instalação de toldo e pintura, pois, como demonstram as fotos em anexo, a situação é precária.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_104-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_104-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Saúde, reestabeleça o atendimento de um médico ortopedista em nosso Município, sendo serviço de suma importância para a população, o que ocorria anteriormente de forma quinzenal.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_105-_valdirene_cabrera.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_105-_valdirene_cabrera.pdf</t>
   </si>
   <si>
     <t>Designação de um atendente para o centro de reforço escolar, como objetivo de auxiliar os alunos nos momentos de chegada e saída das aulas.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_106-_antonio_luis.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_106-_antonio_luis.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras,  realize a limpeza da Estrada de acesso ao Santuário do Santíssimo Nome de Jesus (antiga Rua da Figueira), especialmente nas margens e calçadas onde o mato praticamente tomou conta.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_107-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_107-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Segundo informações da população interessada, a enfermeira que presta serviços no Distrito do São Roque do Pinhal atende somente em um período._x000D_
 _x000D_
 Assim, solicita que seja estendido para dois períodos, tendo em vista que há demanda para tanto, melhor atendendo a comunidade.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/197/indcacao_108__marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/197/indcacao_108__marcos_jose.pdf</t>
   </si>
   <si>
     <t>Para que o SR. Prefeito Municipal solicite ao DER/Jacarezinho para efetuar a manutenção da estrada que liga Joaquim Távora e Carlópolis (PR 218),  e em especial nos acostamentos, sendo que em alguns pontos a vegetação chega a esconder as placas de sinalização.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_109_-fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_109_-fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo divulgue para a população do Distrito do São Roque do Pinhal os horários disponíveis de transporte para a cidade e vice-versa, tendo em vista que, ao que parece, foi acrescentado mais um dia da semana em que se dá o transporte.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_110-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_110-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, pelo respectivo setor, providencie a limpeza de logradouros públicos no distrito do são roque do Pinhal, considerando que de tempos em tempos havia mutirão para tal finalidade.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_111-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_111-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, pela secretaria de saúde, disponibilize carro borrifador para circular diariamente ela cidade e distritos, para combater  mosquito aedes aegypti, transmissor da dengue e outras arboviroses.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_112-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_112-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Reforçando solicitação do vereador Fernando para que o executivo, pela secretaria de obras realize os devidos reparos na cobertura do ginásio de esportes, pois existem inúmeros pontos de infiltração, colocando a segurança dos usuários em risco, já que a quadra fica molhada.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_113-_vanessa_ramos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_113-_vanessa_ramos.pdf</t>
   </si>
   <si>
     <t>O vereador	Fernando Da Cunha Fiats apresentou o requerimento n. 22/25, no qual solicitou informações sobre quais as providências tomadas pela Prefeitura em relação a fiação nos postes de nossa cidade (fios soltos), de responsabilidade da Copel._x000D_
 _x000D_
 Assim, nesta oportunidade reitera o já exposto e solicita que também sejam encaminhados ao Executivo vídeos e fotos que demonstram o perigo que os fios soltos expõem a população.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_114-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_114-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Há poucos meses, o Poder Executivo disponibilizava transporte para as pessoas que residem no São Roque do Pinhal, quando do retorno de consultas/procedimentos em Jacarezinho._x000D_
 _x000D_
 Atualmente, o transporte é feito somente de Jacarezinho até a cidade de Joaquim Távora, motivo pelo qual solicita que seja estendido, mesmo que por veículos “baixos”, atendendo os que residem no mencionado Distrito</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_115-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_115-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>O Prefeito Municipal chegou a comentar sobre sua intenção em reduzir o valor cobrado pela utilização de maquinários públicos por produtores rurais, razão pela qual solicita informações a respeito de envio a esta Casa, por parte do Executivo, de Projeto de Lei que trate do assunto.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_116-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_116-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o executivo crie um calendário de recolhimento de podas e limpeza de jardins, quintais e terrenos.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_117-_carlos_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_117-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da secretaria competente, proceda a limpeza e manutenção do Parque Vale da Pirambeira, bem como sua completa revitalização, a fim de que o local possa cumprir o fim a que se destina, ou seja, o turismo._x000D_
 _x000D_
 Sugere-se o fechamento temporário do parque, até que seja regularizada a situação do local, com tomada das seguintes providências:_x000D_
 _x000D_
 a)	Seja efetuada a limpeza contínua do lago artificial lá existente, a fim evitar focos de dengue;_x000D_
 _x000D_
 b)	Caso não haja interesse por parte da Administração Pública em manter o referido lago artificial, que seja este aterrado, de forma a evitar proliferação de larvas, e especialmente a proliferação do mosquito da dengue;_x000D_
 _x000D_
 c)	Sejam construídos banheiros para os visitantes, o que se faz extremamente necessário;_x000D_
 _x000D_
 d)	Sejam instaladas placas de acesso indicando a exata localização do Parque a fim de instruir os turistas e visitantes a chegarem ao local; _x000D_
 _x000D_
 e)	Sejam instaladas placas onde constem os horários de funcionamento do p</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_118-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_118-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Reiterando indicação já feita por esta casa, requer ao poder executivo que, com urgência, instale aparelhos de ar condicionado e bebedouro industrial no velório municipal, para atender as necessidades das pessoas que comparecem as cerimonias fúnebres.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_119-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_119-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Reiterando indicação já feita por essa Casa de Leis, requer ao poder executivo que mantenha o posto de Saúde do São Roque do Pinhal em funcionamento todos os dias, e em período integral, pois ainda que o profissional médico atenda no local apenas em dois dias da semana, é necessário que a secretaria de saúde disponibilize profissionais da área de enfermagem para prestar atendimentos básicos a população distrital durante todos os dias.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_120-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_120-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo que urgentemente tome providencias no sentido de providenciar a segurança do cemitério local, sugerindo como alternativas:_x000D_
 -instalação de câmeras de monitoramento;_x000D_
 -iluminação adequada;_x000D_
 -contratação de vigias;_x000D_
 -aumenta de muros, portões e cercas de segurança.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_121-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_121-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Reitera várias indicação já feitas e requer, de forma prioritária, que o Poder Executivo, pela Secretaria de Obras, realize  manutenção das estradas rurais dos bairros do Ceboleiro, Joá, Cruzeiro e Água Verde, que se encontram em situações precárias.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/230/inidcacao_122-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/230/inidcacao_122-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo providencie o conserto da mesa odontológica utilizada no Distrito de Joá, vez que o equipamento está inutilizado há meses devidos a avarias, o que vem prejudicando a população local que necessita de atendimento, ressaltando, que há demanda de pacientes no referido Distrito.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_123-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_123-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Considerando que veículos de grande porte (maquinários utilizados no plantio de soja) trafegam com muita dificuldade pelas estradas de nosso Município, especialmente nas pontes do Pinhalzinho e Pedreira, solicita que sejam alargadas (estradas e pontes), considerando ainda que as atividades agrícolas e pecuárias são geradores de renda para o próprio Município.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_124-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_124-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, por meio da secretaria de saúde, encaminhe profissionais da área de enfermagem no domicílio dos idosos e/ou acamados que não possuem condições de se deslocar até as unidades de saúde, afim de imunizá-los contra o vírus da gripe, mediante aplicação de vacina.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_125-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_125-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo providencie a devida nivelação das tampas dos bueiros existentes na cidade, podem causar acidentes e danos aos veículos que trafegam nas vias públicas do município.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_126-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_126-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria de Obras, proceda a regularização as lombadas invertidas existentes na cidade, tomando as seguintes providências:_x000D_
 _x000D_
 a)	retirada das lombadas invertidas nos locais onde não são necessárias;_x000D_
 _x000D_
 b)	diminuição da depressão das lombadas invertidas nos locais necessários e que estão fora de padrão, e podem causar danos as veículos;_x000D_
 _x000D_
 c)	a instalação de galerias pluviais nos locais onde estão situadas as lombadas invertidas para a captação de água da chuva, a fim de direcioná-las para bueiros e reservatórios;</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_127-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_127-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, por meio da divisão competente, realize um estudo dos locais onde existe necessidade e há viabilidade da instalação de lombadas, de acordo com as regulamentações e diretrizes estabelecidas pelos órgãos de transito.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_128-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_128-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>É previsto na Lei Complementar n. 12/2018, em seu art. 155, o direito a Licença Prêmio de 2 meses aos servidores municipais, após o período de aquisição de 5 anos contínuos de trabalho._x000D_
 O mencionado período de aquisição já ocorreu tanto para os profissionais da saúde, já que não suspenso durante a pandemia do covid. _x000D_
 Para os demais servidores o prazo para a aquisição se dará nos próximos meses, o que certamente ensejará grande monta de pedidos por tal benefício, o que poderá acarretar prejuízos na regular continuidade da prestação dos serviços públicos._x000D_
 Por estes motivos, solicita que o Poder Executivo analise a possibilidade de que a licença prêmio seja indenizada aos que assim quiserem e tenham cumprido as exigências da lei, com o envio a esta Casa de projet de lei que trate do tema.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_129-_fernando_da_cunha.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_129-_fernando_da_cunha.pdf</t>
   </si>
   <si>
     <t>Muitos servidores municipais, especialmente os profissionais da educação, que têm carga horária diferenciada (abaixo das 40 horas mensais), reivindicam que para eles também seja pago o vale alimentação na íntegra, pois as necessidades básicas de qualquer pessoa se assemelham, razão pela qual sugere o subscritor da presente que seja atendido tal pedido.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_130-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_130-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Obras, realize obras necessárias para o escoamento de águas pluviais que se acumulam na Rua Egídio Soares (entre a Av. Paraná e Rua Pedro Soares), principalmente para evitar a proliferação de Aedes aegypti.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_131-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_131-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>Com o intuito de incentivar a produção agropecuária em nosso Município, solicita ao Executivo que forneça o transporte de calcário adquirido conjuntamente por vários pequenos produtores rurais, com a entrega individualizada em cada propriedade.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_132-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_132-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, providencie a aquisição de uma área, ou então faça exploração de área que já esteja em posse do município, com o objetivo de fornecer terra para as construções a serem realizadas em nossa cidade, com valores mais acessíveis do que os valores cobrados por particulares</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_133-_ivone_aparecida.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_133-_ivone_aparecida.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal através do Departamento Jurídico, estude a possibilidade de alterar/adequar O Estatuto dos Servidores Públicos do Município de Joaquim Távora LEI COMPLEMENTAR Nº 12/2018 no CAPÍTULO VIII - DAS CONCESSÕES, no Art 170 – § 2º Para efeito do disposto neste artigo, a pedido do servidor com anuência da Administração, poderá haver a redução da jornada com redução proporcional do vencimento._x000D_
 _x000D_
 Salientamos que na Lei Federal (13.370/2016), garante redução da carga horária especial sem compensação de carga horário e sem prejuízo financeiro.          _x000D_
 _x000D_
 Pretende-se com esse Estudo a alteração/adequação na Lei do Estatuto dos Servidores Públicos do Município de Joaquim Távora, garantindo os benefícios a todos que se enquadrarem nesta, principalmente aos pais e responsáveis de filhos com AUTISMO.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_134-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_134-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Setor, disponibilize uma caçamba no Bairro Asa Branca, entre o Posto de Saúde e a Barbearia Fortunato, tendo em vista que há depósito de lixo e outros resíduos no local, colocando em risco a saúde da população_x000D_
 .</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_135-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_135-2025.pdf</t>
   </si>
   <si>
     <t>O Executivo há algum tempo abriu passagem na continuação da Rua José Rodrigues de Almeida, no sentido Centro de Eventos._x000D_
 Contudo, encontra-se em péssimas condições, necessitando ao menos de manutenção da pavimentação, o que solicita ao Executivo.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_136-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_136-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela respectiva Secretaria, proceda os devidos reparos numa ponte na estrada dos Três Galhos (nas proximidades propriedade do Sr. Eroni Bertapeli), que está torta, com risco de cair.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_137-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_137-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que, pelo devido Departamento, sejam sinalizadas as vias no bairro São Lucas, vertical e horizontalmente, para evitar acidentes.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_138-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_138-2025.pdf</t>
   </si>
   <si>
     <t>O Poder Executivo, através de seu agente fiscalizador, corretamente começou a notificar os responsáveis/proprietários de obras sobre a colocação de restos e materiais nas calçadas e ruas._x000D_
 O subscritor da presente sugere, apenas, antes da aplicação de qualquer penalidade ou mesmo da primeira notificação, que seja realizada uma campanha para divulgação das ações (nas redes sociais, site e veículo de som), pois muitas pessoas não conhecem as normas e não acabam por não as respeitar.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_139-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_139-2025.pdf</t>
   </si>
   <si>
     <t>A Secretaria de Esportes, através de seus servidores, fornece treinamento regular de futebol, vôlei e outros esportes para as crianças e adolescentes que residem na cidade._x000D_
 Solicitam que tais atividades/ treinamentos também sejam desenvolvidos especialmente nos Distritos do São Roque do Pinhal e Joá, considerando ser imprescindível para a formação e desenvolvimento das crianças e adolescentes que ali residem.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_140-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_140-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da secretaria competente, proceda a reforma da Praça do Distrito do Joá.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_141-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_141-2025.pdf</t>
   </si>
   <si>
     <t>Até o presente momento constata-se que o Terminal Rodoviário do Município permanece fechado, mesmo após terem sido realizadas inúmeras reinvindicações por esta Casa de Leis, ao longo dos últimos dois anos, solicitando que o local permaneça em devido funcionamento._x000D_
 Dessa forma, o vereador que esta subscreve, vem, reiterar, inclusive indicação de sua autoria, solicitando ao Executivo que tome as providências necessárias para que a Rodoviária da cidade seja reaberta para o fim a que se destina, inclusive com a disponibilização dos banheiros internos aos usuários e população em geral. Solicita, ainda, que o Poder Executivo reinstale os bancos no local, tendo em vista que as pessoas, notadamente as idosas ou com dificuldades físicas, não possuem local adequado para aguardar o transporte.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_142-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_142-2025.pdf</t>
   </si>
   <si>
     <t>Em recente visita em nosso Município, o Deputado Federal Beto Richa confirmou a destinação de recursos do Governo para a Escola Municipal São Sebastião._x000D_
 Assim, se possível, solicita que  seja incluída nas obras a instalação de grama sintética na quadra esportiva da escola.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_143-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_143-2025.pdf</t>
   </si>
   <si>
     <t>É sabido que foi aprovado por esta Casa projeto de lei de que visa fornecer kits de materiais escolares aos alunos da rede pública municipal de ensino. Sendo assim, o vereador que esta subscreve, sugere a implantação do Cartão Material Escolar (CME), permitindo, assim, que os materiais sejam adquiridos por meio de um cartão ou aplicativo, diretamente nas papelarias do município, se for o caso, em estabelecimentos devidamente cadastrados pela Secretaria de Educação do Município_x000D_
 Salienta que a via sugerida visa fomentar a economia local, bem como agilizar a aquisição dos kits, possibilitando que os alunos já iniciem o ano letivo com todos os materiais necessários para desempenho das atividades escolares.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_144-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_144-2025.pdf</t>
   </si>
   <si>
     <t>Recentemente, em visita a sede do SAMU em nosso Município, o primeiro subscritor desta, em contato com integrantes do Serviço de Atendimento, foi alertado sobre algumas situações:_x000D_
 - Primeiramente, considerando que o local onde está instalado o SAMU não atende as exigências normativas para seu regular funcionamento, o Município corre o enorme risco de perder tal serviço;_x000D_
 - O prédio da atual sede necessita de reparos urgentes, especialmente com a reforma do banheiro e instalação/construção de uma rampa nos moldes indicados pelo Cisnorpi;_x000D_
 - Considerando a relevância do tema, solicita ao Executivo que estude a possibilidade de mudar a sede do SAMU para a Rua Miguel Dias, ao lado do Destacamento da Polícia Militar (onde seria a Defesa Civil), tendo em vista ser prédio novo, adequado e melhor localizado, sendo necessário tão somente a construção da já mencionada rampa, o que certamente atenderá melhor toda a população de Joaquim Távora e Região._x000D_
 - Solicita que as devidas providências sejam t</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_145-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_145-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal, através da Secretaria Municipal de Educação e da Secretaria de Obras, realize a instalação de marquises nas entradas e áreas de circulação das escolas da rede municipal de ensino. O objetivo dessas instalações é proporcionar conforto, acolhimento e segurança para as crianças, pais e responsáveis destes, protegendo-os da chuva e do sol e proporcionando igualdade para todos os alunos.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/255/146_ivone.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/255/146_ivone.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal, através da Secretaria Municipal de Obras e do Departamento de Engenharia, realizem um levantamento das “ruas sem saída” de nosso município, pois pude presenciar que no prolongamento das Ruas: Herculano Chaves Madureira, Rua Pedro Soares e Rua Egídio Soares, é constante a entrada de veículos de grande porte e a dificuldade das manobras, o que coloca em risco a segurança viária. _x000D_
 Dessa forma, solicito que o Poder Executivo realize a devida sinalização das “ruas sem saída”, mediante a colocação de placas, de acordo com o previsto no Código de Trânsito Brasileiro, ressalvando que trata-se de medida simples, de baixo custo e grande efetividade e que contribui para a organização do trânsito, segurança e qualidade dos munícipes.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_147-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_147-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da secretaria competente, realize a roçagem da estrada que liga o Distrito do Joá ao asfalto, principalmente nas curvas, pois a vegetação que cresce ao longo da faixa de domínio prejudica a visibilidade dos motoristas e pedestres que transitam no local, comprometendo-lhes a segurança.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_148-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_148-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela Secretaria de Saúde, libere o total de fichas referentes a fisioterapia, considerando que muitos usuários do serviço têm que se dirigir ao Posto de Saúde várias vezes para liberação._x000D_
 Entendemos que alguns usuários não completam o total de sessões. Entretanto, para corrigir tal situação, sugerimos que o controle seja feito por identificação biométrica.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_149-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_149-2025.pdf</t>
   </si>
   <si>
     <t>Considerando que tomou posse o novo Secretário de Agricultura, reitera o já solicitado na indicação n.131/2025, para que o Executivo forneça o transporte de calcário adquirido conjuntamente por vários pequenos produtores rurais, com a entrega individualizada em cada propriedade.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_150-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_150-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, estude a viabilidade de adquirir, ao menos, mais uma patrola ou motoniveladora, a fim de melhor atender a demanda no município, pois é frequente a necessidade de manutenção e reparo de estradas, especialmente em áreas rurais.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_151-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_151-2025.pdf</t>
   </si>
   <si>
     <t>Para reiterar solicitações já feitas por esta Casa de Leis, e requerer, que sejam realizados, o quanto antes, reparos na estrada de baixo que leva ao Distrito do Joá, pois há trechos que se encontram em situação precária de trafegabilidade.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_152-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_152-2025.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo observe as normal técnicas atinentes a altura dos meios-fios, principalmente nas vias que ao longo do tempo vem sendo recapeadas, pois, o excesso de camadas de asfalto em algumas vias públicas do município tem ocasionado a diminuição da dimensão (altura) dos referidos meios-fios, em prejuízo a população, notadamente no que se refere a drenagem da agua da chuva, que tende a invadir as calçadas.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_153-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_153-2025.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, quando da abertura de procedimento licitatório para contratação de obras de pavimentação e recapeamento, especifique no respectivo edital, critérios claros e detalhados sobre a qualidade do asfalto, incluindo tipos de material, quantidade de material, composição, testes de qualidade e demais requisitos.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_154-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_154-2025.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, por meio do departamento competente, proceda a fiscalização das lombadas existentes no município, notadamente no que se refere as medidas e características definidas na legislação e nas respectivas normas técnicas.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_155-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_155-2025.pdf</t>
   </si>
   <si>
     <t>Para também o Executivo entre em contato com o DER, para reiterar o solicitado no ofício n. 37/2025, desta Casa, representada pelo seu presidente, Benedito Azarias, no sentido de que proceda reparos no trecho da Rodovia PR-218, entre os Municípios de Joaquim Távora e Carlópolis, considerando que em diversas localidades há “borrachões”, bem como enorme desnível do acostamento, causando sério risco de acidentes.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_156-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_156-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Setor, reinstale redutor de velocidade na Rua Benedito Alves de Lara, que recentemente recebeu nova pavimentação asfáltica (mesmo em caso de não ser de atribuição da empresa contratada), por se tratar de reivindicação dos que por ali residem.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_157-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_157-2025.pdf</t>
   </si>
   <si>
     <t>Tramita nesta Câmara, Projeto de Lei que trata do aumento do valor pago a título de vale alimentação aos servidores do Poder Legislativo._x000D_
 A proposta prevê a importância de R$540,00 mensalmente._x000D_
 Assim, caso seja de fato aprovada e se torne lei, solicitam os vereadores que o benefício também seja estendido a todos os servidores do Poder Executivo.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_158-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_158-2025.pdf</t>
   </si>
   <si>
     <t>Moradores do bairro Green Vale solicitam que o Executivo, pelo respectivo Setor, amplie a iluminação da quadra de areia, ao lado do Parquinho, pois não há iluminação suficiente para que seja utilizada no período noturno._x000D_
 Solicita, também, que seja reposta a areia na mencionada quadra.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_159-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_159-2025.pdf</t>
   </si>
   <si>
     <t>Uma das mais recorrentes reclamações da população tavorense diz respeito a questão da segurança, porquanto há alguns anos ocorreu um aumento significativo no número de delitos em nosso Município._x000D_
 Atualmente, a criminalidade aparentemente diminuiu, graças a atuação fundamental da Polícia Militar em nosso Município, a qual desde já agradecemos._x000D_
 Contudo, continua evidente a necessidade de se garantir a segurança da população e, como se sabe, é reduzido o número de policiais militares que atuam em nosso município, além de atenderem ocorrências em outros municípios (Guapirama e Quatiguá)._x000D_
 Assim, sugerimos que o Executivo estude a possibilidade de se criar a Guarda Municipal Tavorense que poderá contribuir com o trabalho desenvolvido pela Polícia Civil e Militar em nosso Município, em prol de toda da comunidade._x000D_
 Encaminhamos, em anexo, anteprojeto de lei que trata do tema.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_160-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_160-2025.pdf</t>
   </si>
   <si>
     <t>Moradores do Distrito do Joá trouxeram as seguintes informações e reivindicações sobre o velório local:_x000D_
 - solicitam que seja arrumado o banheiro, pois ao dar descarga a água vaza e alaga o chão. Devido ao cloro da água, fica muito difícil de limpar._x000D_
 - Aliás, solicitam a troca do piso, que seja consertado o batente, bem como sejam instaldos suportes para papel higiênico e toalha._x000D_
 _x000D_
 São estas as reivindicações da comunidade.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_161-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_161-2025.pdf</t>
   </si>
   <si>
     <t>Moradores do Distrito do São Roque do Pinhal reivindicam que seja realizada operação tapa buracos nas ruas daquela localidade, especialmente na Rua de acesso ao Posto de Saúde, que está mais esburacada.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_162-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_162-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Departamento, proceda a reforma/manutenção dos brinquedos instalados nas áreas de lazer no Município (avião, helicóptero, etc), pois muitos deles quase não podem ser devidamente utilizados pelas crianças, bem como reparo dos bancos quebrados.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_163-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_163-2025.pdf</t>
   </si>
   <si>
     <t>Na rua Rui Barbosa, nas proximidades do cruzamento com a Av. Paraná, a pavimentação (lajota) está cedendo/afundando, principalmente devido ao tráfego de veículos pesados._x000D_
 Assim, requer ao Executivo que reforce a base da pavimentação para que suporte tais espécies de veículo e que, se possível e se de acordo com o Plano Diretor de nosso Município, tente negociar com a empresa que ali mantém depósito de material de construção para local mais apropriado.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_164-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_164-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, em parceria com a SANEPAR, quando possível, viabilize a expansão da rede de água - do Santuário do Santíssimo Nome do Senhor Jesus até a propriedade do Sr. João Vieira -, o que beneficiará vários produtores rurais daquele trecho.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_165-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_165-2025.pdf</t>
   </si>
   <si>
     <t>Recentemente a municipalidade adquiriu uma escavadeira hidráulica de grande porte que pode atender vários produtores rurais, especialmente na manutenção e construção de represas._x000D_
 Assim, solicita que o Executivo envie Projeto de Lei a esta Casa com a finalidade de estabelecer as regras de atendimento, bem como o custo da hora/máquina aos produtores, para que os serviços possam ser efetivados.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao166-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao166-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Departamento, proceda o reforço da sinalização de trânsito referente às paradas/estacionamentos de ônibus do transporte em frente as escolas e CMEIs municipais.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_167-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_167-2025.pdf</t>
   </si>
   <si>
     <t>A Vereadora Valdirene Cabrera Mendes, no uso de suas atribuições legais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal e à Secretaria competente, a construção de uma passarela com cobertura no acesso do portão até o prédio do CMEI Lázara Carvalho Escorsin, no distrito de São Roque do Pinhal._x000D_
 A presente indicação visa atender uma demanda importante da comunidade escolar do CMEI, especialmente das crianças pequenas, pais, responsáveis e servidores que frequentam a unidade. Em dias de chuva, o trajeto entre o portão de entrada e o prédio principal torna-se extremamente desconfortável, podendo molhar a todos. _x000D_
 Diante do exposto, solicitamos o atendimento desta demanda, que certamente trará benefícios significativos à comunidade escolar local.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_168-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_168-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pelo respectivo Departamento, providencie a limpeza de área próxima a rotatória de acesso ao bairro Asa Branca, especialmente perto do campinho.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_169-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_169-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pelo respectivo Departamento, quando possível, realize a revitalização especialmente do calçamento entorno da Praça João Muller (em frente ao Fórum, atrás da Igreja Matriz e em frente a Rua Munhoz da Rocha), por ser um dos principais locais mais frequentados do Município.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_170-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_170-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que atue junto a COPEL no sentido de que seja viabilizada a extensão da Rede Elétrica num trecho entre as Ruas Atílio Cavalari e Ipê Roxo (atrás da Rua Benedito Alves de Lara), onde falta iluminação pública, para beneficiar tanto a população que ali reside, bem como os que trafegam.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_171-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_171-2025.pdf</t>
   </si>
   <si>
     <t>O Executivo tem disponibilizado duas viagens diariamente para que usuários do SUS sejam atendidos em Jacarezinho._x000D_
 Ocorre que é o mesmo motorista que realiza as duas viagens, e não raro, passageiros/usuários que, não são atendidos no período matutino, acabam por ficar em Jacarezinho, só retornado no final do dia._x000D_
 Assim, para evitar tal situação, solicita que a Secretaria de Saúde estude a possibilidade de que dois motoristas realizem as viagens, um em cada período (matutino e vespertino).</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_172-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_172-2025.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, por meio do servidor responsável, realize a troca da lâmpada do poste localizado na Rua Jerônimo Vaz Vieira, nas proximidades da edificação nº 1.532.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/282/173_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/282/173_fernando.pdf</t>
   </si>
   <si>
     <t>Moradores do Bairro São Lucas 2 entraram em contato com este vereador, reivindicando as seguintes providências: _x000D_
 - Instalação de lombadas nas Ruas Miguel Dias Filho e Santíssimo Nome de Jesus (no modelo feito recentemente na Rua Miguel Dias);_x000D_
 - Área de lazer para crianças e idosos;_x000D_
 - Mudança de sentido das ruas paralelas (sendo uma num sentido e a outra noutro sentido), assim como sinalização adequada.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/283/174_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/283/174_dito.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que instale uma lombada (redutor de velocidade), na Rua Francisco Gomes de Oliveira (no modelo feito recentemente na rua Miguel Dias), sendo reinvindicação recorrente dos que ali residem.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/284/175_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/284/175_marcos.pdf</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/285/176_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/285/176_dito.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que providencie, junto a empresa contratada pelo Município para a manutenção da iluminação pública, a troca de várias lâmpadas queimadas, tal como nas proximidades da empresa JP, na saída da cidade (que está queimada há mais de 90 dias).</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/286/177_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/286/177_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, assim que possível, proceda a expansão da Iluminação Pública, no Distrito do Joá, em ruas que possuem vários moradores e que ainda não são atendidos pelo serviço._x000D_
 Solicita ainda que seja criada uma usina de geração de energia solar, em área próxima as sedes do Executivo e Legislativo, para atendimento de todos os prédios de propriedade do Município, mesmo que com recursos da arrecadação da COSIP.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/287/178_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/287/178_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, em conjunto com a SANEPAR, amplie a capacidade de vazão da rede água no Bairro Pedreira, vez que atualmente não está sendo suficiente para atender as famílias que ali residem, considerando ainda que se trata de uma ligação antiga.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/288/179_ivone.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/288/179_ivone.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal, através da Secretaria competente, proceda a reforma e a adequação no Centro de Laser da Terceira Idade (Bocha), ao lado do Ginásio de Esportes.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/289/180_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/289/180_luiz.pdf</t>
   </si>
   <si>
     <t>LUIZ PAULO CORRÊA, vereador que subscreve a presente, vem, com todo respeito e acatamento, ante Vossa Excelência, para reiterar indicação já feita por esta Casa de Leis, e solicitar ao executivo que elabore Projeto de Lei que viabilize a utilização da escaveadeira hidráulica recentemente adquirida pelo município para a construção, manutenção e limpeza de represas, estabelecendo as regras de atendimento, bem como o custo da hora/máquina aos produtores rurias para efetivação dos serviços.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/290/181_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/290/181_fernando.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, proceda a instalação de lombada redutora de velociadade na Avenida Getúlio Vargas, em frente ao Parque Ecológico do Centro de Eventos (nas proximidades da oficina do Tibúrcio), a fim de garantir a segurança das crianças que frequentam o local, vez que diversos veículos trafegam na mencionada via em alta velocidade, sendo iminente o risco de acidentes.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/291/182_antonio-marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/291/182_antonio-marcos.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, quando possível, proceda a adequação das vagas de estacionamento na rua do Cemitério do São Roque do Pinhal, especialmente para que sejam feitas em 45º, aumentando a disponibilidade (de vagas)._x000D_
 Solicita, também, que seja disponibilizada uma caçamba, para lixo e outros materiais, no Distrito do Joá, pois atualmente estes estão depositados praticamente na porta do Cemitério</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/292/183_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/292/183_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Setor, disponibilize uma caçamba para depósito de lixo e outros materiais no Bairro Ceboleiro, pedido recorrente de vários moradores daquela localidade.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/293/184_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/293/184_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, assim que possível, instale uma cobertura no corredor da Escola Joá, para proteção dos alunos em dias de chuva.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/294/185_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/294/185_henrique.pdf</t>
   </si>
   <si>
     <t>Pelo que se sabe, o Executivo Municipal recentemente firmou aditivo referente ao Termo/contrato de credenciamento de clínicas de fisioterapia para atendimento da população._x000D_
 Assim, considerando que se mostra necessário, solicita que no próximo procedimento licitatório que seja aumentado o número de sessões de fisioterapia disponíveis para os usuários do Sistema de Saúde.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/295/186_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/295/186_dito.pdf</t>
   </si>
   <si>
     <t>Para requerer ao Poder Executivo, que por meio da secrearia competente, que coloque placa de sinalização de “RUA SEM SAÍDA” ao final da Rua Pedro Soares (sentido PR 092), pois a falta de tal sinalização causa dificuldade de manobras de veículos de grande porte que adentram no trecho da via em questão.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/48/ind_187.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/48/ind_187.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que regularize a situação dos professores municipais que fazem 40 horas (dobra), a fim de que estes passem a receber o auxílio alimentação em seu valor integral.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/49/ind_188.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/49/ind_188.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo entre em contato com o DER visando viabilizar a instalação de redutores de velocidade no São Roque do Pinhal.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/50/ind_189.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/50/ind_189.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo proceda a ampliação dos serviços odontológicos oferecidos pelo Sistema Único de Saúde nas Unidades Básicas de Saúde, passando também a prestar atendimentos no período noturno, considerando que a maioria das pessoas que trabalham não podem comparecer no horário comercial. Além disso, há casos que requerem atendimento de urgência e emergência que podem ocorrer fora do horário de atendimento normal.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/51/ind_190.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/51/ind_190.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo proceda a ampliação do atendimento médico à população tavorense junto às Unidades de Saúde do Município, a fim de que os trabalhadores, em especial, possam ser atendidos no período noturno, considerando que a maioria deles não pode comparecer no horário comercial. Assim, requer que a Administração Pública, fixe semanalmente, dias e horários de atendimento médico no período da noite, mediante prévio agendamento.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/52/ind_191.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/52/ind_191.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação n.º 53/2025, e solicita que o Posto de Saúde da Asa Branca fique aberto a partir de certa hora da madrugada, para que as pessoas que aguardam transporte tenham onde se abrigar e possam utilizar os banheiros.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/53/ind_192.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/53/ind_192.pdf</t>
   </si>
   <si>
     <t>Para que o Prefeito Municipal, através da secretaria competente, departamento de Engenharia e demais setores envolvidos, estudem a viabilidade técnica, orçamentária e urbanística de construir uma nova Unidade Básica de Saúde, na região central do município e de preferência em local estratégico e de fácil acesso à população. Solicita ainda, que caso tal unidade seja implantada, esta possa comportar a também a parte administrativa da saúde municipal, agilizando o atendimento e modernizando o setor em questão, haja vista a necessidade do atendimento humanizado e centralizado, suprindo as necessidades do cidadão tavorense.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_193-_2025_-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_193-_2025_-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Várias pessoas que residem no Distrito do Joá e nos Bairros do Cruzeiro e Ceboleiro, usuárias do SUS, são atendidas em Jacarezinho, Santo Antônio da Platina e outros Municípios, sendo que os ônibus e/ou vans saem do Posto Central._x000D_
 _x000D_
 Assim, solicita que seja disponibilizado veículo para transportar os que residem nas localidades acima apontadas até o Posto de Posto de Saúde Central, pois muitos não têm como deslocarem-se até a cidade.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/78/194.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/78/194.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo Setor, proceda a sinalização vertical e horizontal de uma lombada existente na Rua Tenente Ubirajara de Souza, próximo ao n. 318 (Oficina do Josinei), no Bairro Vila Nova, pois há risco de acidentes._x000D_
 _x000D_
 Também solicita que seja realizado levantamento sobre situações similares e que sejam também reforçadas as devidas sinalizações de trânsito.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_195-2025_-_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_195-2025_-_luiz.pdf</t>
   </si>
   <si>
     <t>Para que a Prefeitura, pelo respectivo setor, proceda a manutenção do parque infantil instalado em praça próxima ao Mercado do Edivan, tendo em vista que vários brinquedos estão quebrados.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/92/196_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/92/196_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita que seja restabelecido o sistema de controle de distribuição de fichas de fisioterapia por meio de biometria.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/93/197_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/93/197_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam fornecidas fichas de fisioterapia em sua totalidade, especialmente as pessoas que fazem fisioterapia de forma contínua.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/94/198_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/94/198_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, construa calçadas na Rua das Hortênsias, esquina com a Av. Getúlio Vargas, no Bairro Centro de Eventos, pois é uma das poucas localidades da cidade que ainda não tem passeio.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/95/199_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/95/199_dito.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Saúde identifique devidamente todos os veículos utilizados no transporte dos usuários, mediante fixação de adesivos.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/96/200_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/96/200_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo de continuidade as obras de calçamento  da Rua Santíssimo Nome do Nosso Senhor Jesus Cristo, considerando que alguns trechos não foram concluídos.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/219/201_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/219/201_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, através da Secretaria competente, viabilize em parceria com a Polícia Militar, com a Secretaria Estadual de Segurança Pública e com a Secretaria Estadual de Educação, a implantação e desenvolvimento do Programa PROERD (Programa Educacional de Resistência as Drogas e a Violência, em todas as Escolas localizadas em nosso município).</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/299/202_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/299/202_dito.pdf</t>
   </si>
   <si>
     <t>Para que o poder executivo, estude a viabilidade de instalar uma câmera de segurança no poste localizado na Rua Jeronimo Vaz Vieira, esquina com a Rua José Bonifácio, no bairro Vila Nova, a fim de atender aos anseios da comunidade local.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/300/203_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/300/203_dito.pdf</t>
   </si>
   <si>
     <t>Há relatos de munícipes de que o carro da saúde da asa branca é frequentemente enviado para conserto, fato este que vem gerando a inviabilidade das visitas médicas nas residências dos pacientes. Dessa forma requer ao executivo, que tome as devidas providências, mediante aquisição de um novo veículo para possibilitar os serviços médicos da referida unidade de saúde, ou disponibilização de carro reserva.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/220/204_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/220/204_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo proceda a manutenção do Parque de Futebol da Estação, especialmente com a reposição da grama sintética.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/221/205_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/221/205_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pelo respectivo setor, sinalize as áreas de parada/estacionamento de ônibus/vans, em frente a todos os CMEI's e Escolas, pois vários motoristas ocupam os espaços destinados para tal fim.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/296/206dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/296/206dito.pdf</t>
   </si>
   <si>
     <t>Para que o executivo realize os reparos devidos em trechos da estrada do bairro 40 de baixo, cujo calçamento é feto com pedras irregulares, vez que há diversos buracos no local, os quais estão casando riscos à segurança da população.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/297/207_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/297/207_dito.pdf</t>
   </si>
   <si>
     <t>Para que o executivo realize os reparos devidos na estrada que dá acesso ao clube de campo caça e pesca, vez que há diversos trechos em situações precárias de trafegabilidade.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/298/208_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/298/208_dito.pdf</t>
   </si>
   <si>
     <t>Reitera indicação já feita no início do ano, e requer ao executivo que realize a manutenção/refazimento das calçadas localizadas ao entorno da igreja matriz de Joaquim Távora, as quais estão danificadas e em situação precária.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/303/209_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/303/209_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, estude a viabilidade de realizar as instalações da Escola “Professora Janina de Lima Cavalheiro – EF” no Bairro do “Centro de Eventos” (no terreno destinado à construção do  Fórum),  em vez de construí-la no Bairro Jardins das Palmeiras, na Rua Ipê Roxo, conforme previsto, pois a região é consideravelmente distante  de onde a referida unidade escolar funciona atualmente, o que  dificultaria o acesso dos alunos, sendo que a permanência da escola em região mais central visa proporcionar comodidade, bem-estar e segurança aos estudantes.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/304/210_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/304/210_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Excelentíssimo Senhor Prefeito Municipal determine aos setores competentes a realização de estudos técnicos e financeiros visando à implantação de um Plano de Assistência à Saúde para os servidores públicos municipais e seus dependentes.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/305/211_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/305/211_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo determine ao setor competente realize, com urgência, a sinalização viária horizontal, vertical da rotatória que dá acesso aos bairros da Asa Branca e Vista Bela._x000D_
 _x000D_
 A presente Indicação busca promover maior segurança no tráfego urbano, prevenindo acidentes e facilitando a mobilidade de motoristas, ciclistas e pedestres.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/306/212_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/306/212_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Excelentíssimo Senhor Prefeito Municipal determine aos setores competentes a realização de obras de calçamento com pavimentação na Rua Emílio Calil (atrás do Asilo São Vicente de Paulo), bem como a Rua José Joaquim Corrêa (trecho que corta a Rua Pedro Soares)._x000D_
 _x000D_
 A presente indicação visa atender aos anseios dos moradores das referidas vias públicas, que enfrentam sérios transtornos devido à falta de pavimentação, como acúmulo de poeira em períodos secos e lama durante as chuvas, comprometendo a qualidade de vida, a saúde e a mobilidade urbana.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/307/213_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/307/213_marcos.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretária de Saúde ou responsável pela aquisição de medicamentos informe a esta Casa de Leis se houve regularização na disponibilidade dos medicamentos fosfato de Oseltamivir  e Xarope 44E, já que várias pessoas relataram que estão em falta na Farmácia Municipal.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/308/214_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/308/214_marcos.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pelo respectivo setor, providencia a limpeza ou até mesmo a revitalização das margens da linha férrea, no bairro Vista Bela, sendo local propício para implantação de área esportiva e de lazer.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/309/215_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/309/215_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pelo respectivo setor, providencie operação “tapa buracos” em ruas do distrito do São Roque do Pinhal, bem como o reparo da calçada na Rua Germano de Souza, onde existe um grande buraco, colocando em risco a incolumidade dos estudantes da Escola São José, que utilizam um acesso ali existente.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/310/216_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/310/216_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Chefe do Poder Executivo determine ao setor competente a adoção de providências visando à regularização, padronização e manutenção das calçadas no perímetro urbano do município._x000D_
 _x000D_
 A presente indicação visa promover a acessibilidade, segurança e mobilidade urbana para pedestres, especialmente idosos, pessoas com deficiência ou mobilidade reduzida, bem como crianças e demais usuários do espaço público.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/311/217_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/311/217_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Chefe do Poder Executivo a necessidade de ampliar o número de caçambas para descarte de resíduos, especialmente nas zonas rurais (como por ex.: Caça e Pesca, Cruzeiro, e Joá) ou, alternativamente, ampliar os a frequência dos serviços de coleta de lixo nas referidas localidades._x000D_
 _x000D_
 Moradores da zona rural têm relatado dificuldades para o descarte correto de resíduos domésticos, em razão da escassez de caçambas disponíveis ou da baixa frequência na coleta de lixo.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_218-2025_-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_218-2025_-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que seja instalada câmera de vigilância/segurança na pista de caminhada localizada no bairro Vila Nova, as margens da Rodovia PR092, a pedido de pessoas que ali residem, pois há, inclusive, suspeita de venda de drogas no local.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_219-2025_-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_219-2025_-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que instale uma lombada (redutor de velocidade), na Rua Ivete Merlim, próximo a residência do “Joãozinho do Alho” (no modelo feito recentemente na rua Miguel Dias), sendo reinvindicação recorrente dos que ali residem.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_220_-2025_-_valdirene.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_220_-2025_-_valdirene.pdf</t>
   </si>
   <si>
     <t>A Vereadora Valdirene Cabrera Mendes, no uso de suas atribuições legais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria responsável providencie com urgência o conserto ou a substituição do alambrado da quadra de esportes da Escola Municipal do Campo  Natal Panichi – EF.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_221-2025_-_valdirene.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_221-2025_-_valdirene.pdf</t>
   </si>
   <si>
     <t>A Vereadora Valdirene Cabrera Mendes, no uso de suas atribuições legais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria competente seja realizada a reforma e revitalização da praça localizada no distrito de São Roque do Pinhal.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/324/224_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/324/224_marcos.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que, pelo respectivo setor, tome providências quanto aos animais, especialmente os de grande porte, que ficam soltos, sujando a cidade, causando risco de acidentes, bem como podendo propagar doenças, notificando e autuando, se for o caso, os respectivos proprietários.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/325/225_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/325/225_marcos.pdf</t>
   </si>
   <si>
     <t>Após recente reforma da pavimentação asfáltica da Rodovia PR218, entre Joaquim Távora e Carlópolis, houve sobra de material (fresagem) que pode ser utilizada pelo Município ou mesmo ser cedida/doada para pequenos proprietários rurais para melhoria dos acessos._x000D_
 _x000D_
 Assim, solicita ao Executivo que entre em contato com a autoridade Estadual competente para que consiga tal material.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/326/226_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/326/226_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que forneça uniforme a todos os servidores municipais, e ao menos desde já aos que atuam na Saúde, Educação, Coleta de Resíduos, varredores de rua, motoristas (Secretaria de Obras e Serviços Públicos)._x000D_
 _x000D_
 Tal medida visa padronizar a aparência, facilitar a identificação e promover a segurança e o bem-estar, além de gerar economia para os servidores, que não precisarão mais arcar com os custos de compra e manutenção dos uniformes e equipamentos.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/327/227_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/327/227_vanessa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que contrate mais um profissional técnico ou estagiário para ministrar os treinos de vôlei no Ginásio de Esportes, considerando que “venceu” o estágio da pessoa que realizava tal tarefa, lembrando que houve aumento do número de crianças e adolescentes que praticam o esporte.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/328/228_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/328/228_vanessa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo, pelo Departamento de Engenharia, que proceda a vistoria e das devidas reformas no Campo de Futebol no Bairro Asa Branca, pois a tubulação que sustenta o alambrado está deteriorada, chegando a trincar, o que pode colocar em risco os que ali frequentam._x000D_
 _x000D_
 Solicita também vistoria no Campo de Futebol da Ferroviária, porquanto talvez já seja necessária a troca da grama sintética.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/329/229_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/329/229_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pelo respectivo setor, instale um ponto de ônibus na Rua 7 de Setembro, nas proximidades da Av. Paraná, pois especialmente os trabalhadores do Posto Mozoti estão tendo que se deslocar até o ponto do Bar do João Banana, bem como outras pessoas que trabalham no próprio centro da cidade.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/330/230_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/330/230_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pelo respectivo setor, estenda a iluminação pública na Av. Paraná, saída para Carlópolis, pois há considerável extensão sem o devido serviço (iluminação), embora os que ali residam ou possuam comércio também sejam contribuintes.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/331/231_ivone.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/331/231_ivone.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, nos termos regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal que determine ao setor competente a disponibilização de um profissional de segurança noturna para atuar na unidade de saúde localizada na Rua Miguel Dias, nº 629, Centro.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/332/232_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/332/232_luiz.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo também isente de pagamento de qualquer taxa os usuários do Campinho de Futebol da “Estação Ferroviária”, assim como já procede em relação a outras localidades em que há atividades esportivas.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_233-2025_-_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_233-2025_-_marcos.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que encaminhe Projeto de Lei a esta Casa, alterando o Estatuto dos Servidores, para regularizar a situação de servidores que, infelizmente, têm câncer, autorizando que seja pago pela municipalidade ao menos o valor referente a um mês de afastamento, ou seja, sem prejuízo de seus vencimentos (independentemente da situação junto ao INSS).</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_234-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_234-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que adquira mini/micro tratores e/ou motocultivadores para que sejam cedidos a pequenos produtores rurais, especialmente os que trabalham com o cultivo de hortifrutigranjeiros, vez que se tratam de equipamentos que facilitam e trazem eficiência para o preparo do solo e plantio, dentre outras finalidades.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_235-2025_-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_235-2025_-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo disponibilize, através de empresa contratada, serviço de internet gratuita nos campos de futebol do Município, e outras áreas de lazer, até mesmo para que os usuários de tais localidades possam utilizar serviços como o pix, por exemplo.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_236-2025_-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_236-2025_-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo estude a possibilidade de elevar os vencimentos dos assistentes administrativos, que estão abaixo do que são pagos nos municípios vizinhos, como forma de reconhecer os serviços prestados, bem como incentivá-los na prestação de serviços em prol da população.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_238-2025_-_fernando_2.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_238-2025_-_fernando_2.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que estude a possibilidade de fornecer mudas frutíferas aos produtores rurais do município, como forma de incentivar o incremento da produtividade.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/338/indicacao_239-2025_-_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/338/indicacao_239-2025_-_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo entre em contato com a SANEPAR para solucione problemas existentes na rede de esgoto que, ao que parece, tem vazamento no final da Rua 7 de Setembro (atrás do Mercado Carreiro), o que vem causando, obviamente, transtorno aos que ali residem.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_240_-_2025_-_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_240_-_2025_-_adevilson.pdf</t>
   </si>
   <si>
     <t>Como é de conhecimento de todos, o prédio da Rodoviária local está subutilizado, considerando que pouquíssimos ônibus de linha mantém horários regulares de transporte entre municípios._x000D_
 _x000D_
 Assim, sugere que o local seja utilizado com uma espécie de Terminal Central Rodoviário, onde os veículos de transporte municipal dos Distritos e dos Bairros possam utilizar como ponto, mantendo o prédio limpo e os banheiros higienizados para uso público._x000D_
 _x000D_
 Sugere também que o local seja utilizado para embarque e desembarque dos estudantes universitários, o que talvez até crie interesse que empresários ali se instalem (com lanchonetes, p.ex.).</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/349/inidcacao_241-2025_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/349/inidcacao_241-2025_-_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, estude a viabilidade de aumentar as subvenções destinadas às escolas municipais, pois os valores são insuficientes para o atendimento das necessidades dos alunos e professores.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/351/242_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/351/242_fernando.pdf</t>
   </si>
   <si>
     <t>Reitera pedido do vereador Carlos Henrique Castanheira, pois moradores do bairro Green Vale solicitam que o Executivo, pelo respectivo Setor, amplie a iluminação da quadra de areia, ao lado do Parquinho, considerando que não é suficiente para que seja utilizada no período noturno._x000D_
 _x000D_
 Solicita, também, que seja reposta a areia na mencionada quadra, bem como que seja instalada rede (cobertura) para que evitar que bolas adentrem na casa do vizinho, sendo que crianças e adolescentes pulam o muro da residência para buscar as bolas, o que pode resultar em acidentes.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/352/243_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/352/243_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo que estude a possibilidade de implementar pista de caminhada a margem da Linha Férrea - partindo do Bairro Vista Bela, passando pelo Parque da Estação, cruzando a Av. Paraná, seguindo, por dentro da “Mata dos Dias”, até a Rua João Rodrigues de Almeida._x000D_
 Tal pista servirá não somente para a prática da caminhada, corrida ou mesmo bicicleta, essenciais para a manutenção da saúde física e mental das pessoas, como também de acesso prático entre os bairros e região central, a ser utilizado pelos trabalhadores tavorenses.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/353/244_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/353/244_vanessa.pdf</t>
   </si>
   <si>
     <t>Há pouco tempo, o Executivo Municipal providenciou nova pavimentação em trecho da Av. Souza Naves, melhorando substancialmente o tráfego/deslocamento de veículos._x000D_
 _x000D_
 Ocorre que o local se tornou extremamente perigoso, tendo em vista que motoristas frequentemente excedem em muito o limite de velocidade, colocando em risco pedestres e especialmente crianças, motivo pelo qual solicita a instalação de lombada (no modelo feito recentemente na Rua Miguel Dias), o que atenderá reivindicação dos que ali residem.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/354/245_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/354/245_vanessa.pdf</t>
   </si>
   <si>
     <t>Reitera o contido em Indicações dos vereadores Fernando da Cunha Fiats e Benedito Azarias, para que o Executivo providencie os devidos reparos na cobertura do Ginásio de Esportes, pois existem inúmeros pontos de infiltração, o que coloca em risco a segurança dos usuários, já que a quadra fica molhada ou os treinos acabam sendo interrompidos.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/355/246_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/355/246_dito.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo proceda a devida identificação dos veículos lotados na Secretaria de Obras._x000D_
 _x000D_
 Solicita também que seja realizado relatório diário das horas prestadas pelos maquinários da referida secretaria, com indicação do local e horário.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/356/247_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/356/247_adevilson.pdf</t>
   </si>
   <si>
     <t>Vários moradores do São Roque do Pinhal acabam vindo buscar atendimento médico no Posto de Saúde Central, embora haja atendimento também naquele Distrito. Isto ocorre porque inexiste farmácia municipal, motivo pelo qual preferem vir para a cidade._x000D_
 _x000D_
 Assim, solicita que os médicos que atendem no distrito, quando das consultas, sejam munidos de medicamentos, ao menos os básicos e mais utilizados, a serem entregues imediatamente aos usuários.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/357/248_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/357/248_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal analise a possibilidade de construir um banheiro e instalar pia para servir os inúmeros usuários do Parque Ecológico, no Bairro Centro de Eventos._x000D_
 _x000D_
 Sugere também que seja designado um servidor encarregado da manutenção dos banheiros públicos, sendo que poderá ser transportado de uma localidade para outra por algum dos servidores, abrindo os banheiros pela manhã e fechando-os no final das tardes – o que possivelmente otimizará a manutenção dos desses.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/359/249_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/359/249_vanessa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que verifique a possibilidade do Município de Joaquim Távora auxiliar/subsidiar o atleta Edenilson Silvestre Ferreira, para que participe de competições, especialmente as regionais, tais como em Jacarezinho e Santa Mariana, com o fornecimento de transporte e alimentação.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>No final da Rua Germano Calegário, no Distrito São Roque do Pinhal, somente um trecho, em frente a uma casa, a Prefeitura não efetuou pavimentação, motivo pelo qual solicita ao Executivo que conclua a referida obra.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/361/251_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/361/251_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, pela Secretaria de Obras, quando possível, construa banheiros e instale pias no cemitério do São Roque do Pinhal, sendo indispensáveis para que os que visitam seus entes queridos tenham condições mínimas de conforto.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/362/252_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/362/252_adevilson.pdf</t>
   </si>
   <si>
     <t>Na Rua Jacira de Oliveira Coutinho, no Distrito São Roque do Pinhal, ainda existem aproximadamente 5 casas que não são atendidas por rede de esgoto, motivo pelo qual solicita ao Executivo, juntamente com a Sanepar, atenda essa necessidade básica dos que ali residem._x000D_
 _x000D_
 Também solicita ao Executivo que, na mesma rua, providencie a extensão de energia elétrica, bem como iluminação pública, inexistentes, atualmente, na localidade.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/363/253_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/363/253_dito.pdf</t>
   </si>
   <si>
     <t>Segundo informação de pessoas que residem no Bairro Pinheirinho, não há atualmente agentes comunitários designados para atuar na localidade._x000D_
 _x000D_
 Assim, caso seja confirmada a informação, requer ao Executivo que, pela Secretaria de Saúde, regularize a situação.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/364/254_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/364/254_marcos.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que providencie o reparo da pavimentação que está danificada em alguns locais da cidade, como na Rua das Caviúnas, nas proximidades do Mercado Compre Mais, bem como na Rua Herculano Chaves Madureira, equina com a Getúlio Vargas.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/367/255_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/367/255_marcos.pdf</t>
   </si>
   <si>
     <t>Reforça a indicação já apresentada pela veradora Valdirene Cabrera Mendes, para que o Executivo construa uma passarela com cobertura no acesso do portão até o prédio do CMEI Lázara Carvalho Escorsin, no distrito de São Roque do Pinhal, para evitar que as crianças/estudantes e servidores se molhem em dias de chuva.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/365/256_todos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/365/256_todos.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo viabilize a construção de um parquinho infantil e de uma academia ao ar livre no Bairro São Sebastião, a fim de proporcionar lazer, recreação e melhoria da qualidade de vida aos moradores da localidade._x000D_
 _x000D_
 Diante da relevância social da medida, conto com a sensibilidade do Executivo para a adoção de providências, inclusive a aquisição de um terreno no local, a fim de implementar a ação.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_257-2025_-_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_257-2025_-_vanessa.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que, pela Secretaria de Educação, quando da realização do Rodeio Tavorense, distribua fichas de brinquedos do parque de diversões para alunos da rede pública de ensino ou que seja franqueado um dia para os mesmos, já que muitos não possuem condições financeiras para adquiri-las._x000D_
 _x000D_
 Sugere que a distribuição ocorra diretamente nas Escolas, priorizando os alunos de menor idade, evitando que sejam preteridos, tendo em vista que já aconteceu dos maiores tomarem o espaço daqueles._x000D_
 _x000D_
 Solicita, ainda, que sejam atendidos também alunos da APAE e crianças diagnosticadas com quaisquer espécies de transtornos, tais como TEA e TDH, lembrando que algumas dessas já esse direito assegurado legalmente.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_258_-_2025_-_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_258_-_2025_-_marcos.pdf</t>
   </si>
   <si>
     <t>Há relatos de vários usuários do Sistema de Saúde Pública no sentido de que embora o Posto Central fique aberto até as 22h, somente são autorizados a adentrar até as 21h, sendo que em muitas vezes os profissionais não estão atendendo ninguém._x000D_
 _x000D_
 Assim, solicita ao Executivo que verifique a veracidade da informação e tome as devidas providências, se for o caso, para que amplie-se de fato o atendimento.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_259-2025_-_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_259-2025_-_marcos.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo adquira mais caminhão pipa, considerando que em períodos de seca há aumento considerável de focos de incêndio e, como constatado recentemente, em alguns casos um veículo não é suficiente para conter as queimadas.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_n.o_260_-_luiz.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_n.o_260_-_luiz.pdf</t>
   </si>
   <si>
     <t>Considerando a abertura do procedimento licitatório para aquisição de enfeites natalinos pelo município, requer ao Poder Executivo que estenda a instalação da decoração também às praças públicas dos bairros e distritos do Município._x000D_
 _x000D_
 A iniciativa tem por objetivo democratizar o acesso da população ao clima natalino, promovendo a integração social, o embelezamento das áreas públicas e a valorização dos bairros e distritos.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/393/261_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/393/261_fernando.pdf</t>
   </si>
   <si>
     <t>Por esforços do Executivo e membros do Legislativo, o Posto de Saúde da Asa Branca vem recebendo recursos para aquisição de equipamentos, aprimorando o atendimento aos usuários._x000D_
 _x000D_
 Porém, o prédio em si necessita de reparos urgentes, tais como: pintura externa e interna, troca/reposição de pisos, novas cortinas, etc._x000D_
 _x000D_
 Assim, solicita ao Executivo que, na medida do possível, adote as providências necessárias para que a população seja ainda melhor atendida.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/394/262_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/394/262_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a construção de um portal de entrada no Cemitério Municipal de Joá, de modo a proporcionar melhor identificação, organização e dignidade ao espaço público destinado às famílias enlutadas.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/395/263_ivone.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/395/263_ivone.pdf</t>
   </si>
   <si>
     <t>Considerando que o mês de outubro é dedicado à Campanha Outubro Rosa, voltada à prevenção e diagnóstico precoce do câncer de mama, assim torna-se de extrema importância garantir o acesso das mulheres de nossa comunidade ao exame de mamografia._x000D_
 _x000D_
 O câncer de mama é uma das doenças que mais afeta mulheres em todo o país, e o diagnóstico precoce aumenta significativamente as chances de cura. A disponibilização do mamógrafo itinerante permitirá que um número maior de mulheres tenha acesso a esse exame fundamental, evitando deslocamentos para outros municípios e proporcionando mais conforto, rapidez e segurança no atendimento._x000D_
 _x000D_
 Diante disso, conto com a atenção e sensibilidade do Poder Executivo e da Secretaria de Saúde para que esta ação seja realizada em nosso município em benefício da saúde feminina</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/396/264_ivone.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/396/264_ivone.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio do setor competente, providencie a instalação de uma lombada (redutor de velocidade) em frente ao Posto de Saúde do Bairro Asa Branca, Rua Janina de Lima Cavalheiro._x000D_
 _x000D_
 A presente solicitação se faz necessária tendo em vista o grande fluxo de pedestres, entre eles idosos, gestantes, crianças e demais usuários que diariamente frequentam a Unidade de Saúde, sendo essa medida indispensável para garantir maior segurança e prevenção de acidentes, visto que tornou-se uma rua movimentada e requer essa lombada siga os mesmos padrões (altura e largura) da qual foi construída/instalada na rua do Campo de Futebol da Asa Branca, proporcionando, segurança aos usuários do Posto de Saúde, pedestres e moradores, próximo a essa localidade.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/404/265_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/404/265_henrique.pdf</t>
   </si>
   <si>
     <t>Reitera o solicitado na indicação nº 218/2025 do vereador Benedito Azarias, para que o Executivo instale câmera de vigilância/segurança na pista de caminhada localizada no bairro Vila Nova, as margens da Rodovia PR)(@, a pedido de pessoas que ali residem, pois há suspeita de venda de drogas no local, além de excesso de velocidade por parte de motociclistas.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/405/266_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/405/266_henrique.pdf</t>
   </si>
   <si>
     <t>Para que o executivo, pela secretaria, proceda o reparo da pavimentação na Rua das Rosas, no bairro Centro de Eventos, onde muitas lajotas estão deslocadas ou quebradas, causando danos nos veículos que por ali trafegam.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/406/267_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/406/267_marcos.pdf</t>
   </si>
   <si>
     <t>O executivo realizou a pavimentação da rua do Cemitério no Distrito do São Roque do Pinhal, importante obra para a comunidade, que agora, também solicita que seja instalado redutor de velocidade no local, para segurança dos pedestres, pois muitos motoristas excedem o limite de velocidade.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/407/268_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/407/268_marcos.pdf</t>
   </si>
   <si>
     <t>Várias mães solicitam que o executivo amplie o atendimento PETI. Relatam que existem quase 70 crianças aguardando vaga para serem acolhidas, enquanto os pais se veem obrigados a deixar seus filhos com terceiros ou mesmo pagaram babás para que possam trabalhar, oque certamente compromete a renda familiar.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/413/269_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/413/269_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>Sugere que o Executivo que estude a possibilidade de adquirir área para implantação de loteamento habitacional destinado a pessoas cuja renda seja mais baixa.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/414/270_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/414/270_marcos.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela respectiva secretaria, disponibilize mais caçambas de lixo nas áreas rurais, especialmente no Bairro dos Almeidas, Colônia São Miguel, dentre outras, pois não raro as já instaladas transbordam, com lixo no chão e cachorros esparramam nas propriedades próximas.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/415/271_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/415/271_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela respectiva secretaria, proceda a limpeza e, se for o caso, o desassoreamento do Rio que atravessa o Parque Ecológico no Bairro "Centro de Eventos", considerando que, especialmente após as chuvas, vários tipos de resíduos e lixo acabam depositados nas margens e no leito.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/419/272_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/419/272_marcos.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo autorize o funcionamento do Velório do Distrito do São Roque do Pinhal.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_273-2025_-_marcos_jose_domingues.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_273-2025_-_marcos_jose_domingues.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo reforce a sinalização da Rua Pedro Soares (no final sentido pista, onde não tem saída), a fim de evitar acidentes.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_274-2025_-_dito_e_outros.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_274-2025_-_dito_e_outros.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, estude a viabilidade de proceder ao aumento do valor do auxílio-alimentação concedido aos servidores públicos municipais, e encaminham, na oportunidade, o respectivo anteprojeto de lei.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_275_-_bendito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_275_-_bendito_azarias.pdf</t>
   </si>
   <si>
     <t>Para que o Chefe do Poder Executivo, por intermédio do setor competente, proceda a instalação de placas de sinalização de sentido “Contramão” em local visível na via pública denominada Travessa Pedro Donisete Valle (rente a linha do trem, cuja parte do trecho onde está a curva que cruza com a Rua Pedro Soares), e/ou outras medidas preventivas, a fim de orientar os condutores e pedestres, prevenindo acidentes e garantindo a segurança no trânsito.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_276_-_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_276_-_marcos.pdf</t>
   </si>
   <si>
     <t>Em complemento a indicação 270/2025, solicito ao Poder Executivo que disponibilize caçambas de lixo nas proximidades do sítio Paineirinha, no São Roque do Pinhal, sentido Ribeirão do Meio, localidades ainda não atendidas.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_277-2025_-_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_277-2025_-_fernando.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo analise a possibilidade de criar programa de incentivo para a instalação de estufas, no sentido de apoiar agricultores familiares, para aumentar a produtividade e a renda.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_278-2025_-_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_278-2025_-_fernando.pdf</t>
   </si>
   <si>
     <t>Após passados alguns anos da implementação de Escolas Cívico-Militares, vê-se que obtiveram sucesso nos municípios, com melhoria nos índices educacionais e por avanços no comportamento e disciplina dos alunos. _x000D_
 _x000D_
 Esse modelo, com a parceria entre educação e militares, também melhorou a segurança e o ambiente escolar, criando uma alta demanda por vagas. _x000D_
 _x000D_
 Em nosso município já vemos esta realidade na Escola São Sebastião, motivo pelo qual solicita que o Executivo estude a possibilidade de implantação em ao menos mais uma Escola Municipal.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_279-2025_-_adevilson_e_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_279-2025_-_adevilson_e_fernando.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo estude a viabilidade de conceder o aumento do salário base aos servidores municipais (aqueles que recebem o valor mínimo pago pela municipalidade, a exemplo das serventes e auxiliares de serviços gerais), de modo a valorizar o funcionalismo público e assegurar justa remuneração pelo trabalho prestado à comunidade.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_280-2025_-_ivone.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_280-2025_-_ivone.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, com urgência, realize um estudo técnico de mobilidade e segurança viária nas proximidades do Posto de Saúde Central, especificamente no cruzamento da Avenida Getúlio Vargas com a Rua Dr. Munhoz da Rocha, tendo em vista a ocorrência frequente de acidentes no local.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_281-2025_-_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_281-2025_-_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, pela respectiva Secretaria, instale ou viabilize a instalação de um Parque Infantil na Escola São José, mesmo que através de cessão ou comodato, vez que inúmeras crianças ali estudam sem terem local para lazer</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_282_-_2025_-_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_282_-_2025_-_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo, juntamente com a Comissão Organizadora do Rodeio Tavorense, após definido o trajeto da Cavalgada, providencie banheiros químicos em pontos estratégicos, evitando sujeira na cidade.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_283-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_283-2025.pdf</t>
   </si>
   <si>
     <t>A fim de atender pedido de moradores, requer ao Poder Executivo Municipal que proceda a construção de uma sala junto ao Posto de Saúde do Distrito do Joá, para atividades diversas ligadas à saúde preventiva, tais como pilates, artesanato dentre outras.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_284-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_284-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal proceda a instalação de dois postes destinados à iluminação pública no bairro Água Verde._x000D_
 _x000D_
 A presente medida mostra-se necessária diante da ausência de iluminação adequada na localidade mencionada, e objetiva proporcionar a melhoria das condições de mobilidade e qualidade de vida da população residente.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_285-2025_-_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_285-2025_-_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que proceda a pavimentação da Estrada do 40, que tem aproximadamente 3Km, a fim de beneficiar os moradores daquela localidade.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_286_-_2025_-_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_286_-_2025_-_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que promova ações para melhor proteger o Cemitério Municipal, com instalação de câmera de segurança, por exemplo, a fim de evitar que vândalos violem os túmulos, já que há notícia que tal fato vem ocorrendo no local.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/456/287_dito_2.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/456/287_dito_2.pdf</t>
   </si>
   <si>
     <t>Reinvindica o já solicitado na Indicação n.º 05/2025, par que o Poder Executivo, por meio da Secretaria de Obras, estude a possibilidade de criar espaços recreativos nos bairros São Sebastião e Vila Nova, com a instalação de parquinhos, pois aquelas comunidade são praticamente as únicas não beneficiadas com áreas de lazer.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_288-2025_-_adevilson.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_288-2025_-_adevilson.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo tome providências quanto ao Estádio Manoel Camelo, com a instalação de portas nos vestuários e banheiros masculino e feminino, bem como a instalação de 1 chuveiro em cada um deles.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_289-2025_-_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_289-2025_-_fernando.pdf</t>
   </si>
   <si>
     <t>Para que, se possível, a Secretaria de Saúde programe a saída dos pacientes que são encaminhados diariamente para tratamento em Londrina, em dois horários (um pela madrugada/manhã e outro a tarde)._x000D_
 _x000D_
 Isto para evitar, p.ex., que pessoas que buscam tratamento para tumores malignos, atendidas pela manhã retornem aos seus lares praticamente a noite, ou que os que são atendidos no período vespertino tenham que sair muito cedo, podendo, se for o caso, serem utilizados veículos menores para tanto.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_290-2025_-_marcos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_290-2025_-_marcos.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que verifique a possibilidade de pavimentar, mesmo que com as lajotas sextavadas retiradas de diversas ruas da cidade, uma estrada no Bairro dos Gonçalves, ao lado do Distrito do São Roque do Pinhal (sentido Ribeirão do Meio), onde existem cerca de dez moradias margeando (a estrada).</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_291-2025_-_fernando.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_291-2025_-_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo que tome as providências necessárias no sentido de proceder a reparação/manutenção da estrada do 40 de Baixo, especialmente onde existem 2 buracos (um perto da Capela e outro nas proximidade do Pesqueiro do Bianchi.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_292_-_2025_-_luiz_paulo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_292_-_2025_-_luiz_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo, por meio da Secretaria competente, disponibilize, de forma definitiva, transporte aos pacientes residentes na zona rural, de modo a garantir o deslocamento até o município de Joaquim Távora, com parada no Posto de Saúde Central, possibilitando, a partir daí, o encaminhamento para os atendimentos previamente agendados para outros municípios._x000D_
 _x000D_
 Sugere para tanto, que o Chefe do Executivo estude a possibilidadee de contratar empresas terceirizadas para atender tal demanda, caso necessário, a exemplo de como foi procedido em cidades vizinhas, tais como Ribeirão Claro.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_293-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_293-2025.pdf</t>
   </si>
   <si>
     <t>Para que o Chefe do Poder Executivo providencie a construção de um Centro de Eventos Municipal, composto por arena fixa, setor de camarotes e estacionamento adequado, com infraestrutura completa de segurança, acessibilidade e apoio operacional.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_294-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_294-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo, bem como a organização à Comissão Organizadora do Rodeio Tavorense, para que adotem as providências necessárias a fim de impedir que, nas próximas edições dos rodeios tavorenses, sejam colocadas manilhas ou quaisquer barreiras físicas bloqueando as vias públicas da cidade a fim de delimitar ou viabiliar o funcionamento de estacionamentos externos durante o evento.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_295_-_sapl.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_295_-_sapl.pdf</t>
   </si>
   <si>
     <t>Para que o poder Executivo, pelo respectivo setor, proceda a manutenção ou troca das pontes existentes no Parque Ecológico localizado no Bairro Centro de Eventos, pois estão em péssimas condições. Sugerem sejam substituídas por pontes mais resistentes, como de metal, por exemplo.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_297-2025_-_pdf_-_dito_1.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_297-2025_-_pdf_-_dito_1.pdf</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_298-2025_-_vanessa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_298-2025_-_vanessa.pdf</t>
   </si>
   <si>
     <t>"Para que o Poder Executivo, por intermédio da Secretaria Municipal de Educação ou órgão competente, adote as providências administrativas, técnicas e orçamentárias necessárias para a instalação de câmeras de monitoramento no interior das salas de aula de todas as escolas em funcionamento no Município de Joaquim Távora".</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_299_-_2025_-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_299_-_2025_-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>"Para que o Poder Executivo, pela Secretaria de Obras, termine a obra de calçadas/passeios da Rua do Santíssimo Nome de Nosso Senhor Jesus, como também, de forma geral, em toda a cidade, pois há inúmeros passeios/calçadas, atrapalhando o fluxo de pedestres".</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário</t>
   </si>
   <si>
     <t>PODER EXECUTIVO - P. EXEC.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_01-2025_-_reajuste_vale_alimentacao.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_01-2025_-_reajuste_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA A REDAÇÃO DO PARÁGRAFO 1º, DO ART. 2º, DA LEI Nº. 1620/2022, QUE INSTITUIU, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, AUXÍLIO ALIMENTAÇÃO PARA SERVIDORES ATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_02-2025_-_reposicao_inflacionaria.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_02-2025_-_reposicao_inflacionaria.pdf</t>
   </si>
   <si>
     <t>SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O ÍNDICE DE REPOSIÇÃO INFLACIONÁRIA _x000D_
 AOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_03-2025_-_piso_magisterio.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_03-2025_-_piso_magisterio.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA OS VALORES DO PISO SALARIAL DO MAGISTÉRIO CONSTANTES DO ANEXO IV DA LEI 1.369/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_06-_2025_-_desconto_iptu.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_06-_2025_-_desconto_iptu.pdf</t>
   </si>
   <si>
     <t>SÚMULA: CONCEDE DESCONTO NO IPTU E TAXAS A TODO CONTRIBUINTE QUE EFETUAR O PAGAMENTO DO REFERIDO IMPOSTO EM PARCELA ÚNICA.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/500/pl-07-2025-fernando_fiats.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/500/pl-07-2025-fernando_fiats.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa "WI-FI Comunitário" em todos os prédios públicos municipais, tais como praças, parques, postos de saúde, pontos de táxis e pontos turísticos do Município de Joaquim Távora, por intermédio de convênios e parcerias público-privadas, e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_08-2025_-_credito_especial_cisnorpi.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_08-2025_-_credito_especial_cisnorpi.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE COM BASE EM ANULAÇÃO TOTAL/PARCIAL DE DOTAÇÃO ORÇAMENTÁRIA, NO VALOR DE R$ 540.000,00 (QUINHENTOS E QUARENTA MIL REAIS)."</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/503/pl_09-_2025_-_executivo_-_repasses.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/503/pl_09-_2025_-_executivo_-_repasses.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS E REPASSAR RECURSOS FINANCEIROS PARA ORGANIZAÇÕES DA SOCIEDADE CIVIL, NOS TERMOS DA LEI MUNICIPAL Nº 1.788/2024 (LOA), E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/504/pl-11-2025-henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/504/pl-11-2025-henrique.pdf</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE O FORNECIMENTO DE UNIFORMES ESCOLARES GRATUITAMENTE AOS ESTUDANTES DA REDE DE ENSINO PÚBLICO MUNICIPAL, CONFORME ESTABELECE._x000D_
 AUTOR: CARLOS HENRIQUE CASTANHEIRA</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/505/pl-12-2025-luiz_paulo_correa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/505/pl-12-2025-luiz_paulo_correa.pdf</t>
   </si>
   <si>
     <t>SÚMULA: DÁ DENOMINAÇÃO PARA O CAMPO DE FUTEBOL DO DISTRITO DO JOÁ E OUTRAS PROVIDÊNCIAS._x000D_
 AUTOR: LUIS PAULO CORREA</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>Benedito Azarias, Carlos Henrique Castanheira</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/506/pl-13-2025-benedito-henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/506/pl-13-2025-benedito-henrique.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 13/2025_x000D_
 SÚMULA: ALTERA A JORNADA DE TRABALHO DO CARGO EM COMISSÃO DE ASSESSOR ESPECIAL DA PRESIDÊNCIA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTORES: BENEDITO AZARIAS E CARLOS HENRIQUE CASTANHEIRA</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/507/pl-14-2025-fernando_fiats.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/507/pl-14-2025-fernando_fiats.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA AS ESPECIFICAÇÕES CONSTANTES DO PROGRAMA DE TRABALHO INSTITUÍDO NO ARTIGO 1º DA EMENDA IMPOSITIVA Nº 26/2024, ADICIONADA À LEI ORÇAMENTÁRIA ANUAL (LEI Nº 1.788/2024), BEM COMO AUTORIZA O REMANEJAMENTO DOS RECURSOS NELAS PREVISTOS._x000D_
 AUTOR: FERNANDO DA CUNHA FIATS</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/508/projeto_de_lei_16-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/508/projeto_de_lei_16-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA A JORNADA DE TRABALHO DE SERVIDOR DO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTORES: BENEDITO AZARIAS/CARLOS HENRIQUE CASTANHEIRA/MARCOS JOSÉ DOMINGUES</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_17-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_17-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA A JORNADA DE TRABALHO DO CARGO EM COMISSÃO DE ASSESSOR ESPECIAL DE ADMINISTRAÇÃO E PLANEJAMENTO DO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTORES: BENEDITO AZARIAS E CARLOS HENRIQUE CASTANHEIRA</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/521/pl-18-2025-benedito-luiz_paulo_correa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/521/pl-18-2025-benedito-luiz_paulo_correa.pdf</t>
   </si>
   <si>
     <t>Súmula: “Dispõe sobre o fornecimento de material escolar aos alunos da rede pública municipal de ensino do Município de Joaquim Távora, Estado do Paraná, e dá outras providências”.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/510/pl_19-2025_-_concede_vale_conselheiros_tutelares_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/510/pl_19-2025_-_concede_vale_conselheiros_tutelares_-_executivo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: CONCEDE AUXÍLIO-ALIMENTAÇÃO AOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE JOAQUIM TÁVORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2024/519/pl_20-2025_-_executivo_-_amplia_jornada_advogado.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2024/519/pl_20-2025_-_executivo_-_amplia_jornada_advogado.pdf</t>
   </si>
   <si>
     <t>SÚMULA: AMPLIA JORNADA DE TRABALHO DE SERVIDOR MUNICIPAL (ADVOGADO), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>Benedito Azarias, Fernandinho do Gás</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A PROIBIÇÃO DA QUEIMA, SOLTURA E MANUSEIO DE FOGOS DE ARTIFÍCIOS E ARTEFATOS PIROTÉCNICOS DE ALTO IMPACTO OU COM EFEITOS DE TIRO._x000D_
 AUTORES: BENEDITO AZARIAS E FERNANDO DA CUNHA FIATS</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/512/pl_22-2025_-_executivo_-_credito_adicional_especial.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/512/pl_22-2025_-_executivo_-_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE COM BASE EM SUPERÁVIT FINANCEIRO, NO VALOR DE R$ 600.000,00 (SEISCENTOS MIL REAIS)</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/513/pl_23_-_2025_-_luiz_paulo_correa_-_isencao_doador.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/513/pl_23_-_2025_-_luiz_paulo_correa_-_isencao_doador.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “DISPÕE SOBRE A ISENÇÃO DO DOADOR DE SANGUE DO PAGAMENTO DE TAXAS DE INSCRIÇÃO NOS CONCURSOS PÚBLICOS REALIZADOS PELA ADMINISTRAÇÃO DIRETA E INDIRETA.”_x000D_
 AUTOR: LUIZ PAULO CORREA.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/514/plm_24-2025_-_executivo_-_amplia_jornada_arquiteto.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/514/plm_24-2025_-_executivo_-_amplia_jornada_arquiteto.pdf</t>
   </si>
   <si>
     <t>SÚMULA: AMPLIA A JORNADA DE TRABALHO DE SERVIDOR MUNICIPAL (ARQUITETO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/515/pl_25_-_executivo_-_altera_lei_municipal_1414-2026.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/515/pl_25_-_executivo_-_altera_lei_municipal_1414-2026.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA A LEI MUNICIPAL Nº 1.414/2016 QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26-2025_-_aproveitamento_de_energia_solar_-_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26-2025_-_aproveitamento_de_energia_solar_-_henrique.pdf</t>
   </si>
   <si>
     <t>SÚMULA: INSTIUI A POLÍTICA MUNICIPAL DE ESTÍMULO E INCENTIVO AO APROVEITAMENTO DA ENERGIA SOLAR NO MUNICÍPIO DE JOAQUIM TÁVORA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTORES: CARLOS HENRIQUE CASTANHEIRA/FERNANDO DA CUNHA FIATS</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025_-_executivo_-_inclui__nova_prioridades_no_ppa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025_-_executivo_-_inclui__nova_prioridades_no_ppa.pdf</t>
   </si>
   <si>
     <t>SÚMULA: INCLUI NOVAS PRIORIDADES NO PPA PARA O EXERCÍCIO 2022-2025 – LEI 1.600/21 E NA LDO PARA O EXERCÍCIO DE 2025 – LEI 1776/2024 E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM BASE EM SUPERÁVIT FINANCEIRO, NO VALOR DE R$ 4.000.000,00 (QUATRO MILHÕES DE REAIS)</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/518/pl_28-2025_-_executivo_-_cria_vagas_no_quadro_de_pessoal_do_municipio.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/518/pl_28-2025_-_executivo_-_cria_vagas_no_quadro_de_pessoal_do_municipio.pdf</t>
   </si>
   <si>
     <t>SÚMULA: CRIA NOVAS VAGAS NOS CARGOS DO QUADRO DE PESSOAL DO MUNICÍPIO DE JOAQUIM TÁVORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/520/pl_29-_fernando_da_cunha_fiats.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/520/pl_29-_fernando_da_cunha_fiats.pdf</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A PADRONIZAÇÃO DOS PONTOS DE PARADA DE ÔNIBUS DO SISTEMA DE TRANSPORTE COLETIVO DE PASSAGEIROS NO MUNICÍPIO DE JOAQUIM TÁVORA._x000D_
 AUTOR: FERNANDO DA CUNHA FIATS</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/522/pl_30-2025_-_executivo_-_altera_redacao_lei_1387_2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/522/pl_30-2025_-_executivo_-_altera_redacao_lei_1387_2025.pdf</t>
   </si>
   <si>
     <t>Súmula: "Altera a redação do art. 6º da Lei Municipal nº. 1.387/2015 e dá outras providências".</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/523/pl_31-_2025_-_dito_-_barracao_de_costura.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/523/pl_31-_2025_-_dito_-_barracao_de_costura.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Joaquim Távora a disponibilizar o uso de espaço público para fins de desenvolvimento de atividades de corte e costura".</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/524/pl_32_-_2025_-_denomina_campo_asa_branca_-_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/524/pl_32_-_2025_-_denomina_campo_asa_branca_-_henrique.pdf</t>
   </si>
   <si>
     <t>Súmula: "Dá denominação para o Centro Esportivo e Recreativo situado no bairro Asa Branca".</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/525/pl_34-2025_-_executivo_-_aditivo_repasse_recursos.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/525/pl_34-2025_-_executivo_-_aditivo_repasse_recursos.pdf</t>
   </si>
   <si>
     <t>Súmula: "Autoriza o Poder Executivo a firmar aditivo ao convênio para repasse de recursos financeiros para organização da sociedade civil nos termos das Leis Municipais nº 1.788/2024 e nº 1.795/2025 e dá outras providências".</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/526/pl_35_-_benedito_azarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/526/pl_35_-_benedito_azarias.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO PARÁGRAFO 3º, DO ART. 1º DA LEI Nº 1483/2018, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/527/pl_36-2025_-_executivo_-_conselho_das_cidades.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/527/pl_36-2025_-_executivo_-_conselho_das_cidades.pdf</t>
   </si>
   <si>
     <t>SÚMULA: "CRIA O CONSELHO DAS CIDADES DO MUNICÍPIO DE JOAQUIM TÁVORA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>PODER LEGISLATIVO - P LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/528/pl_37-2025_-_aumenta_valor_vale_alimentacao_-_mesa_diretora.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/528/pl_37-2025_-_aumenta_valor_vale_alimentacao_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Súmula: “Altera o valor do auxílio alimentação para servidores ativos do Poder Legislativo Municipal, e dá outras providências”.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/529/pl-38-2025-henrique-luia_paulo_correa-benedito-antonio_luiz_gabriel.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/529/pl-38-2025-henrique-luia_paulo_correa-benedito-antonio_luiz_gabriel.pdf</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE JOAQUIM TÁVORA-PR.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/530/pl_39_-_fernando_da_cunha_fiats_-_wi-fi.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/530/pl_39_-_fernando_da_cunha_fiats_-_wi-fi.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o programa “Wi-fi Comunitário” em todos os prédios públicos municipais, tais como Postos e Unidades de Saúde, em Joaquim Távora, por intermédio de convênios e parcerias público-privadas, e dá outras providências”.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/541/pl46_-_fiscal_de_contrato.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/541/pl46_-_fiscal_de_contrato.pdf</t>
   </si>
   <si>
     <t>"Altera o valor e a classificação da função gratificada de fiscal de contratos, previsto no art. 1º da lei municipal nº 1496/2019 e dá outras providências"</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/542/pl_47-2025_-_legislativo_-_altera_valor_funcao_gratificada_-_comissao_inventario.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/542/pl_47-2025_-_legislativo_-_altera_valor_funcao_gratificada_-_comissao_inventario.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 47/2025_x000D_
 "Altera o valor da função gratificada de integrantes da comissão de inventário, reavaliação, baixa, registro, controle, supervisão de patrimônio da câmara municipal, e dá outras providências".</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>Luiz Paulo Corrêa, Marcos Domingues</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/543/pl_48_-_2025_-_luiz_paulo_correa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/543/pl_48_-_2025_-_luiz_paulo_correa.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo a conceder premiações a participantes de eventos esportivos e culturais, e dá outras providências"</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/544/pl_49-2025_-_executivo_-_pagamento_estagiarios.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/544/pl_49-2025_-_executivo_-_pagamento_estagiarios.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE JOAQUIM TÁVORA A REALIZAR, EM CARÁTER EXCEPCIONAL, O PAGAMENTO DAS BOLSAS DE ESTÁGIO DIRETAMENTE AOS ESTAGIÁRIOS VINCULADOS AO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>PLENÁRIO - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/545/pl_51-2025_-_legislativo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/545/pl_51-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: INCLUI O INCISO III, NO ART. 31, DA LEI Nº 1776/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/546/pl_52-25.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/546/pl_52-25.pdf</t>
   </si>
   <si>
     <t>SÚMULA: INCLUI O INCISO IV, NO ART. 31, DA LEI Nº 1776/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/547/pl_53-2025_-_legislativo_-_energia_eletrica.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/547/pl_53-2025_-_legislativo_-_energia_eletrica.pdf</t>
   </si>
   <si>
     <t>SÚMULA: AUTORIZA O PODER EXECUTIVO A VIABILIZAR O FORNECIMENTO DE ENERGIA ELÉTRICA EM LOTEAMENTOS IRREGULARES NO ÂMBITO DO MUNICÍPIO DE JOAQUIM TÁVORA – PR.</t>
   </si>
   <si>
     <t>Altera as especificações constantes do Programa de Trabalho instituído no artigo 1º da Emenda Impositiva n.º 13/2024, adicionada à Lei Orçamentária Anual (Lei n.º 1.788/2024), bem como autoriza o remanejamento dos recursos nelas previstos.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/56/pl_61-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/56/pl_61-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO EFETUAR A VENDA DE VEÍCULOS, EQUIPAMENTOS E SUCATAS CONSIDERADOS INSERVÍVEIS PARA O DESEMPENHAR DOS SERVIÇOS PÚBLICOS PRESTADOS PELA MUNICIPALIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/57/pl_63-2025_-_prorroga_prazo_forum.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/57/pl_63-2025_-_prorroga_prazo_forum.pdf</t>
   </si>
   <si>
     <t>“PRORROGA O PRAZO CONCEDIDO AO TRIBUNAL DE JUSTIÇA DO ESTADO DO PARANÁ PARA CONSTRUÇÃO DO FÓRUM DA COMARCA DE JOAQUIM TÁVORA”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/58/pl_64-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/58/pl_64-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 925, DE 22 DE DEZEMBRO DE 2004, QUE INSTITUIU NO MUNICÍPIO DE JOAQUIM TÁVORA A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, PREVISTA NO ARTIGO 149-A DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/80/pl_68-2025_-_executivo_-_altera_valor.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/80/pl_68-2025_-_executivo_-_altera_valor.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 68/2025  - SÚMULA: ALTERA O VALOR DOS VENCIMENTOS BÁSICOS DOS CARGOS DE ATENDENTE DE FARMÁCIA, PINTOR E TÉCNICO DE SEGURANÇA DE TRABALHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/82/pl_70-2025_-_ldo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/82/pl_70-2025_-_ldo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 70/2025, DE AUTORIA DO PODER EXECUTIVO QUE “ESTABELECE AS DIRETRIZES A SEREM OBSERVADAS NA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE JOAQUIM TÁVORA PARA O EXERCÍCIO DE 2026 EM CONFORMIDADE COM O ARTIGO 165, INCISO II DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_72.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_72.pdf</t>
   </si>
   <si>
     <t>Súmula: Altera a especificação constante do Programa de Trabalho instituído no artigo 1º da Emenda Impositiva n.º 44/2024, adicionada à Lei Orçamentária Anual (Lei n.º 1.788/2024), bem como autoriza o remanejamento dos recursos nela previstos.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/225/pl_73.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/225/pl_73.pdf</t>
   </si>
   <si>
     <t>Súmula: “Dispõe sobe alteração do PPA (Plano Plurianual 2022 a 2025), da LDO (Lei de Diretrizes Orçamentárias 2025) e LOA (Lei Orçamentária Anual 2025) e Abertura de Crédito Adicional Especial ao Orçamento Vigente da Câmara Municipal de Joaquim Távora, e dá outras providências”.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/319/pl_74-2025_-_repasse_asilo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/319/pl_74-2025_-_repasse_asilo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 74/2025, de autoria do Poder Executivo, que "AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO PARA REPASSE DE RECURSOS FINANCEIROS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL NOS TERMOS DAS LEIS MUNICIPAIS Nº 1.788/2024 E Nº 1.795/2025 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/320/pl-_75-2025_-_gtide.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/320/pl-_75-2025_-_gtide.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 75/2025, de autoria do Poder Executivo, que “ALTERA OS VALORES CONTIDOS NO ANEXO I DA LEI 1.289/2013 QUE "CRIA GRATIFICAÇÃO POR TEMPO INTEGRAL E DEDICAÇÃO EXCLUSIVA - GTIDE</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/321/pl_76-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/321/pl_76-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 76/2025, de autoria do Poder Executivo, que "DISPÕE DA AFETAÇÃO DO IMÓVEL MATRICULADO SOB Nº 8.881 NO CARTÓRIO DE REGISTRO DE IMÓVEIS DE JOAQUIM TÁVORA PARA USO DO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/322/pl_77-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/322/pl_77-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 77/2025 - SÚMULA: "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR, DE FORMA ONEROSA, MEDIANTE COMPRA OU DESAPROPRIAÇÃO AMIGÁVEL/JUDICIAL, IMÓVEIS URBANOS NA FORMA ESPECIFICADA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/323/pl_78-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/323/pl_78-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 78/2025 - "ALTERA A LEI Nº 1.408, DE 11 DE MARÇO DE 2016, PARA PREVER A POSSIBILIDADE DE CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO POR MEIO DE CARTÃO MAGNÉTICO, CONFORME OS REQUISITOS ESTABELECIDOS NA REFERIDA LEI, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/333/pl_79-2025_-_credito_especial.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/333/pl_79-2025_-_credito_especial.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI n.º 79/2025, DE AUTORIA DO PODER EXECUTIVO, QUE "INCLUI NOVAS PRIORIDADES NO PPA PARA O EXERCÍCIO 2022-2025 - LEI 1.600/21 E NA LDO PARA O EXERCÍCIO DE 2025 - LEI 1.776/2024 E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM BASE EM SUPERÁVIT FINANCEIRO, NO VALOR DE R$ 1.800.000,00 (UM MILHÃO E OITOCENTOS MIL REAIS)."</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/345/pl_80-2025_-_auxilio-alimentacao_-_menores_aprensizes_-_camara.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/345/pl_80-2025_-_auxilio-alimentacao_-_menores_aprensizes_-_camara.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de Auxílio- alimentação aos Menores Aprendizes no âmbito da Câmara Municipal de Joaquim Távora, e dá outras providências”.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/348/novoarquivo_92.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/348/novoarquivo_92.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 81/2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE COM BASE EM ANULAÇÃO TOTAL/PARCIAL DE DOTAÇÃO ORÇAMENTÁRIA, NO VALOR DE R$ 122.750,00 (CENTO E VINTE E DOIS MIL E SETECENTOS E CINQUENTA REAIS)</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/389/pl_84-2025_-_executivo_-_plantio_de_abacaxi.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/389/pl_84-2025_-_executivo_-_plantio_de_abacaxi.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 84/2025 - SÚMULA: "AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO PARA REPASSE DE RECURSOS FINANCEIROS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL NOS TERMOS DAS LEIS MUNICIPAIS Nº 1.788/2024 E Nº 1.795/2025 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/397/pl_85-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/397/pl_85-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 85/2025_x000D_
 SÚMULA: ALTERA A LEI Nº 1.834/2025 QUE “DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE JOAQUIM TÁVORA – PR.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_energia_eletrica_-_zona_rural_-_pl_86-2025_-_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_energia_eletrica_-_zona_rural_-_pl_86-2025_-_henrique.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 86/2025_x000D_
 SÚMULA: DISPÕE SOBRE A AUTORIZAÇÃO PARA LIGAÇÕES DOS SERVIÇOS DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA EM ÁREAS RURAIS NO MUNICÍPIO DE JOAQUIM TÁVORA – PR.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/400/pl_87.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/400/pl_87.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 87/2025_x000D_
 SÚMULA: INSTITUI O PROGRAMA CARTÃO MATERIAL ESCOLAR NO ÂMBITO DO MUNICÍPIO DE JOAQUIM TÁVORA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/401/pl_88.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/401/pl_88.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 88/2025_x000D_
 SÚMULA: DISPÕE SOBRE A ALTERAÇÃO DA LEI 1.645/2025 QUE TRATA DO ZONEAMENTO DE USO E CUPAÇÃO DO SOLO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/402/novoarquivo_94.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/402/novoarquivo_94.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 89/2025_x000D_
 _x000D_
 SÚMULA: DISPÕE SOBRE O PROCEDIMENTO PARA A INSTALAÇÃO DE INFRAESTRUTURA DE SUPORTE PARA ESTAÇÃO TRANSMISSORA DE RADIOCOMINICAÇÃO-ETR, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/408/pl_90-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/408/pl_90-2025.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento básico do cargo de Assistente Administrativo e dá outras providências.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/409/pl_9192-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/409/pl_9192-2025.pdf</t>
   </si>
   <si>
     <t>Cria o conselho municipal de saneamento básico e ambiental - CMSBA do município de Joaquim Távora e dá outras providências.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/410/pl_9192-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/410/pl_9192-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a constituição de fundo municipal de saneamento básico e ambiental do município de Joaquim Távora/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/417/pl_-_93-2025_-_credito_adicional_especial.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/417/pl_-_93-2025_-_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI  Nº 93/2025- SÚMULA: "AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO, COM BASE EM ANULAÇÃO PARCIAL DE DOTAÇÃO ORÇAMENTÁRIA, NO VALOR DE R$ 146.000,00 (CENTO E QUARENTA E SEIS MIL REAIS), NA FORMA EM QUE ESPECIFICA ABAIXO."</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/423/pl_94_-_2025_-_brinquedos_adaptados.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/423/pl_94_-_2025_-_brinquedos_adaptados.pdf</t>
   </si>
   <si>
     <t>Projeto n.º 94/2025, de autoria do vereador Carlos Henrique Castanheira, que “Dispõe sobre a obrigatoriedade de instalação de brinquedos e equipamentos adaptados para crianças e pessoas com deficiência em parques e praças públicas”.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/432/pl_95.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/432/pl_95.pdf</t>
   </si>
   <si>
     <t>“INCLUI OS PARÁGRAFOS 6º E 7º NO ART. 2º, E SUPRIME O INCISO VII, DO ART.5º, DA LEI Nº 1.620/2022, QUE INSTITUIU, NO ÂMBITO DA ADMISTRAÇÃO PÚBLICA MUNICIPAL, AUXÍLIO-ALIMENTAÇÃO PARA SERVIDORES ATIVOS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/438/pl_103_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/438/pl_103_-_executivo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A REGULARIZAÇAO DE EDIFICAÇÕES EM DESACORDO COM A LEI Nº 1.647/2023 (CÓDIGO DE OBRAS), A LEI Nº 1.645/2023 (USO E OCUPAÇÃO DO SOLO) e LEI 1.646/2023 (LEI DE PARCELAMENTO DE SOLO).</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/439/pl_104-2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/439/pl_104-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Autoriza a doação de bem inservível.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/441/pl_105-2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/441/pl_105-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/442/pl_106_-_2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/442/pl_106_-_2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE COM BASE EM OPERAÇÃO DE CRÉDITO, NO VALOR DE R$ 3.000.000,00 (TRÊS MILHÕES DE REAIS)."</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/452/pl107_-_2025_-_loa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/452/pl107_-_2025_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima Receita e fixa Despesa para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/453/pl_108-2025_-_porteira_adentro.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/453/pl_108-2025_-_porteira_adentro.pdf</t>
   </si>
   <si>
     <t>“SÚMULA: DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA “PORTEIRA ADENTRO” PARA ATENDIMENTO AO PRODUTOR RURAL NO ÂMBITO DO MUNICÍPIO DE JOAQUIM TÁVORA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/461/pl109_-_2025_-_diarias.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/461/pl109_-_2025_-_diarias.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de diárias à vereadores e servidores da Câmara Municipal de Joaquim Távora, Estado do Paraná, e dá outras providências".</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/472/pl_110_-_2025_-_denominacao_posto_de_saude.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/472/pl_110_-_2025_-_denominacao_posto_de_saude.pdf</t>
   </si>
   <si>
     <t>Súmula: Dá denominação para o Posto de Saúde do Bairro _x000D_
 Asa Branca, situado no município de Joaquim Távora/PR, e _x000D_
 dá outras providências”.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_111-2025_-_executivo_-_repasse_hospital.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_111-2025_-_executivo_-_repasse_hospital.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 111/2025 - SÚMULA: AUTORIZA O PODER EXECUTIVO A FIRMAR ADITIVO AO CONVÊNIO PARA REPASSE DE RECURSOS FINANCEIROS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL NOS TERMOS DAS LEIS MUNICIPAIS Nº 1.788/2024 E Nº 1.795/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>Carlos Henrique Castanheira, Marcos Domingues</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/477/pl_112_-_transporte_especial_saude_-_cancer_e_autismo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/477/pl_112_-_transporte_especial_saude_-_cancer_e_autismo.pdf</t>
   </si>
   <si>
     <t>Súmula: "Institui o Serviço de Transporte Especial aos pacientes portadores de neoplasia maligna e de transtorno do espectro autista (TEA) no âmbito do município de Joaquim Távora/PR, e dá outras providências".</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/479/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/479/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de espaço sensorial em Parques e/ou Praças públicas no Município de Joaquim Távora, e dá outras providências".</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_114_2025_-_credito_adicional.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_114_2025_-_credito_adicional.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em superávit financeiro, no valor de R$ 100.000,00 (cem mil reais), na forma em que especifica abaixo."</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/480/pl_115_-_2025_-_estende_cartao_material_escolar_aos_alunos_da_apae_-_jtm.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/480/pl_115_-_2025_-_estende_cartao_material_escolar_aos_alunos_da_apae_-_jtm.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 115/2025_x000D_
 _x000D_
 SÚMULA: Inclui o parágrafo 3º, no artigo 2º, da LEI Nº 1.863/2025 que INSTITUI O PROGRAMA CARTÃO MATERIAL ESCOLAR NO ÂMBITO DO MUNICÍPIO DE JOAQUIM TÁVORA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/485/pl_116_2025_-_desafetacao_de_imoveis.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/485/pl_116_2025_-_desafetacao_de_imoveis.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a promove a desafetação de imóveis que especifica, e dá outras providências".</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/486/pl_117-_2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/486/pl_117-_2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: "INSTITUI A POLÍTICA MUNICIPAL DE INOVAÇÃO, CIÊNCIA E TECNOLOGIA, CRIA O CONSELHO MUNICIPAL DE CIÊNCIA, INOVAÇÃO E TECNOLOGIA, CRIA O FUNDO MUNICIPAL DE CIÊNCIA, INOVAÇÃO E TECNOLOGIA E ESTABELECE MEDIDAS DE INCENTIVO À INOVAÇÃO, À PESQUISA E AO DESENVOLVIMENTO CIENTÍFICO E TECNOLÓGICO, VISANDO A CONSOLIDAÇÃO DO ECOSSISTEMA DE INOVAÇÃO E TECNOLOGIA DO MUNICÍPIO DE JOAQUIM TÁVORA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/487/pl_118-2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/487/pl_118-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: "ALTERA DISPOSITIVOS DA LEI Nº. 1.620/2022, QUE INSTITUIU, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, AUXÍLIO ALIMENTAÇÃO PARA SERVIDORES ATIVOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/488/pl_119-2025_-_sapl.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/488/pl_119-2025_-_sapl.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa "Café da Manhã" na Escolas e dá outras providências".</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/490/pl_120-2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/490/pl_120-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR, DE FORMA ONEROSA, MEDIANTE COMPRA OU DESAPROPRIAÇÃO AMIGÁVEL/ JUDICIAL IMÓVEL URBANO, NA FORMA QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/495/projeto_121-2025_-_inclui_novas_prioridades_ppa_-_sementinha_do_saber.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/495/projeto_121-2025_-_inclui_novas_prioridades_ppa_-_sementinha_do_saber.pdf</t>
   </si>
   <si>
     <t>"INCLUI NOVAS PRIORIDADES NO PPA PARA O EXERCÍCIO 2022-2025 - LEI 1.600/21 E NA LDO PARA O EXERCÍCIO DE 2025 - LEI 1.776/2024 E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM BASE EM EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 2.300.000,00 (DOIS MILHÕES E TREZENTOS MIL REAIS)."</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/497/pl_122.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/497/pl_122.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 122/2025 _x000D_
 SÚMULA: ALTERA A ESPECIFICAÇÃO CONSTANTE DO PROGRAMA DE TRABALHO INSTITUÍDO NO ARTIGO 1º DA EMENDA IMPOSITIVA Nº 31/2024, ADICIONADA À LEI ORÇAMENTÁRIA ANUAL (LEI Nº 1.788/2024), BEM COMO AUTORIZA O REMANEJAMENTO DOS RECURSOS NELA PREVISTOS.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/499/pl_123-2025_-_executivo_-_ratifica_o_protocolo_-_consorcio_intergestores_parana_saude.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/499/pl_123-2025_-_executivo_-_ratifica_o_protocolo_-_consorcio_intergestores_parana_saude.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.º 123/2025, de autoria do Executivo, que “RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE O ESTADO DO PARANÁ E OS MUNICÍPIOS DO ESTADO DO PARANÁ SUBSCRITORES, COM A FINALIDADE DE FORMALIZAR A CONSTITUIÇÃO E ADEQUAÇÃO DO CONSÓRCIO INTERGESTORES PARANÁ SAÚDE - CIPS AOS TERMOS DO REGIME PREVISTO NA LEI FEDERAL Nº. 11.107/2005 E SUA REGULAMENTAÇÃO, VOLTADO AO DESENVOLVIMENTO DE AÇÕES NA ÁREA DA ASSISTÊNCIA FARMACÊUTICA NO ÂMBITO DO SISTEMA ÚNICO DE SAÚDE (SUS).”</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/532/pl_124-2025_-_executivo_ppa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/532/pl_124-2025_-_executivo_ppa.pdf</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE JOAQUIM TÁVORA - PR PARA O PERÍODO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/533/pl_125-_2025_-_abertura_credito_-_despesas_saude.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/533/pl_125-_2025_-_abertura_credito_-_despesas_saude.pdf</t>
   </si>
   <si>
     <t>SÚMULA: "AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO, COM BASE EM ANULAÇÃO PARCIAL DE DOTAÇÃO ORÇAMENTÁRIA, NO VALOR DE ATÉ R$ 3.000.000,00 (TRÊS MILHÕES REAIS), NA FORMA EM QUE ESPECIFICA ABAIXO".</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/538/pl_126-2025_-_executivo_-_uso_e_ocupacao_do_solo_-_alteracao.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/538/pl_126-2025_-_executivo_-_uso_e_ocupacao_do_solo_-_alteracao.pdf</t>
   </si>
   <si>
     <t>SÚMULA: "DISPÕE SOBRE A ALTERAÇÃO DA LEI 1.645/2023 QUE TRATA DO ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_decreto_legislativo_n.o_01-2025_-_prestacao_de_contas_-_ano_2022.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_decreto_legislativo_n.o_01-2025_-_prestacao_de_contas_-_ano_2022.pdf</t>
   </si>
   <si>
     <t>Súmula: DISPÕE SOBRE A APROVAÇÃO DA PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ REFERENTE AO EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_decreto_legislativo_n.o_02-2025_-_prestacao_de_contas_-_ano_2023.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_decreto_legislativo_n.o_02-2025_-_prestacao_de_contas_-_ano_2023.pdf</t>
   </si>
   <si>
     <t>Súmula: DISPÕE SOBRE A APROVAÇÃO DA PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ REFERENTE AO EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei__04-2025_-_gratificacao_assistencia_social.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei__04-2025_-_gratificacao_assistencia_social.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI - SÚMULA: ALTERA A ESTRUTURA ORGANIZACIONAL DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL,  E INCLUI DISPOSITIVOS NA LEI COMPLEMENTAR Nº 019/2019, QUE "DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL, OS CARGOS EM COMISSÃO E AS FUNÇÕES DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ".</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei__05-2025_-_subsidio_secretario_-_alteracao_lc_19.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei__05-2025_-_subsidio_secretario_-_alteracao_lc_19.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVO DA LEI COMPLMENTAR N.º 19/2029, QUE "DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E DOS CARGOS EM COMISSÃO E FUNÇÕS DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA".</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/548/pl_complementar_-_03-2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/548/pl_complementar_-_03-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ORGANIZACIONAL DA SECRETARIA MUNICIPAL DE URBANISMO, OBRAS PÚBLICAS, TRANSPORTE E VIAÇÃO E INCLUI DISPOSITIVOS NA LEI COMPLEMENTAR Nº 19/2019, QUE DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL, OS CARGOS EM COMISSÃO E AS FUNÇÕES DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/549/pl_lei_complementar_04_-_2025_-_executivo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/549/pl_lei_complementar_04_-_2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE RECUPERAÇÃO DOS CRÉDITOS FISCAIS DO MUNICÍPIO DE JOAQUIM TÁVORA - REFIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/550/pl_complmentar_05-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/550/pl_complmentar_05-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR 19/2019 QUE “DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E DOS CARGOS EM COMISSÃO E FUNÇÕES DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/59/plc_-_07-2025_-_conversao_licenca_premio_pecunia.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/59/plc_-_07-2025_-_conversao_licenca_premio_pecunia.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 156 DA LEI COMPLEMENTAR Nº 12/2018, QUE DISPÕE DO ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JOAQUIM TÁVORA, PARA AUTORIZAR A CONVERSÃO PARCIAL DA LICENÇAPRÊMIO EM PECÚNIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/398/plc_08.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/398/plc_08.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 008/2025_x000D_
 SÚMULA: ALTERA A ESTRUTURA ORGANIZACIONAL DA SECRETARIA MUNICIPAL DE SAÚDE E INCLUI DISPOSITIVOS NA LEI COMPLEMENTAR Nº 019/2025, QUE “DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL, OS CARGOS EM COMISSÃO E AS FUNÇÕES DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/492/pl_complementar_09-2025_-_executivo_-_alteracao_estatuto.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/492/pl_complementar_09-2025_-_executivo_-_alteracao_estatuto.pdf</t>
   </si>
   <si>
     <t>"INCLUI O PARÁGRAFO 4º NO ARTIGO 155 DA LEI COMPLEMENTAR Nº 12/2018, QUE DISPÕE DO ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE JOAQUIM TÁVORA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/534/pl_complementar_10-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/534/pl_complementar_10-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA O ANEXO II DA LEI COMPLEMENTAR 19/2019 QUE “DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E DOS CARGOS EM COMISSÃO E FUNÇÕES DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ”.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/535/pl_complementar_11-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/535/pl_complementar_11-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA DISPOSITIVO DA LEI COMPLEMENTAR 19/2019 QUE “DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E DOS CARGOS EM COMISSÃO E FUNÇÕES DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ”.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/536/pl_complementar_-_12-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/536/pl_complementar_-_12-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA A ESTRUTURA ORGANIZACIONAL DA SECRETARIA MUNICIPAL DE URBANISMO, OBRAS PÚBLICAS, TRANSPORTE E VIAÇÃO E INCLUI _x000D_
 DISPOSITIVOS NA LEI COMPLEMENTAR Nº 019/2019, QUE "DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL, OS CARGOS EM COMISSÃO E AS FUNÇÕES DE CONFIANÇA NA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE JOAQUIM TÁVORA, ESTADO DO PARANÁ”.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_resolucao_03-2025_2.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_resolucao_03-2025_2.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n.º 03/2025, de autoria do Poder Legislativo, que “Altera e da nova redação a artigos do Regimento Interno da Câmara Municipal de Joaquim Távora, instituído pela Resolução n.º 002/1998.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_resolucao_04-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_resolucao_04-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 004/2025_x000D_
 SÚMULA: DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE JOAQUIM TÁVORA, NO VALOR TOTAL DE R$ 33.000,00 (TRINTA E TRÊS MIL REAIS)</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/428/pr_05.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/428/pr_05.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO ART. 102 DO REGIMENTO INTERNO DA CÂMARA DE VEREADORES DE JOAQUIM TÁVORA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/537/pl_de_resolucao_06-2025_-_legislativo.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/537/pl_de_resolucao_06-2025_-_legislativo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A TRANSMISSÃO EM TEMPO REAL DE TODAS AS SESSÕES PLENÁRIAS E AUDIÊNCIAS PÚBLICAS REALIZADAS PELA CÂMARA MUNICIPAL JOAQUIM TÁVORA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/302/pl-07-2025-fernando_fiats.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/302/pl-07-2025-fernando_fiats.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa Wi-Fi Comunitário em prédios públicos, praças, parques, entre outros.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/475/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/475/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de espaço sensorial em Parques e/ou Praças públicas no Município de Joaquim Távora, e dá outras providências”.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/388/emenda_aditiva_n.o_01_ldo_-_2026.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/388/emenda_aditiva_n.o_01_ldo_-_2026.pdf</t>
   </si>
   <si>
     <t>Emenda ao o Projeto de lei nº. 70/2025, que “Estabelece as diretrizes a serem observadas na elaboração da lei orçamentária do Município de Joaquim Távora para o exercício de 2026, em conformidade com o artigo 165, inciso II, da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/460/emenda_aditiva_02_pl_108.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/460/emenda_aditiva_02_pl_108.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei n.º 108/2025, de autoria do Poder Executivo que “DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA “PORTEIRA ADENTRO” PARA ATENDIMENTO AO PRODUTOR RURAL NO ÂMBITO DO MUNICÍPIO DE JOAQUIM TÁVORA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 _x000D_
 _x000D_
 Inclui o parágrafo 3º, no art. 4º, da presente lei, que terá a seguinte redação:_x000D_
 _x000D_
 Parágrafo terceiro. As três primeiras horas dos serviços prestados terão os preços/tarifas, que constam no anexo I da presente lei, reduzidos pela metade.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/346/emenda_01_pl63.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/346/emenda_01_pl63.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01 ao Projeto de Lei nº 63/2025, que “Prorroga o prazo concedido ao Tribunal de Justiça do Estado do Paraná para construção do Fórum da Comarca de Joaquim Távora”.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/372/emenda_modificativa_02_-_ldo_-_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/372/emenda_modificativa_02_-_ldo_-_henrique.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de lei nº. 70/2025, que “Estabelece as diretrizes a serem observadas na elaboração da lei orçamentária do Município de Joaquim Távora para o exercício de 2026, em conformidade com o artigo 165, inciso II, da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/380/emenda_modificativa_n.o_03_-_ldo_-_dito.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/380/emenda_modificativa_n.o_03_-_ldo_-_dito.pdf</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/418/emenda_modificativa_cargo_assistente_-_pl__90-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/418/emenda_modificativa_cargo_assistente_-_pl__90-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 04 adicionada ao Projeto de Lei nº 90/2025, que "altera o valor do vencimento básico do cargo de assistente administrativo e dá outras providências".</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/440/emenda_resolucao_-_05-2025_modificativa.pdf_2.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/440/emenda_resolucao_-_05-2025_modificativa.pdf_2.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 05 ADICIONADA AO PROJETO RESOLUÇÃO Nº 005/2025_x000D_
 _x000D_
 _x000D_
 Artigo 1º. Fica alterado o art. 102 do Regimento Interno da Câmara de Vereadores de Joaquim Távora, nos seguintes termos:_x000D_
 _x000D_
 Art. 102. Toda e qualquer proposição escrita, para constar na pauta de sessão ordinária, exceto nos casos previstos no art. 88, VIII, IX e X, deverá ser apresentada até as 12 horas da segunda-feira que antecede a sessão, na Secretaria da Câmara, que as protocolará, numerando-as e encaminhando-as ao Presidente, podendo ser utilizado o protocolo eletrônico – SAPL ou outros a serem adotados._x000D_
 _x000D_
 Art. 2º. Esta Resolução passa a vigorar na data de sua publicação, revogadas as disposições em contrário.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/459/emenda_ao_porjeto_105-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/459/emenda_ao_porjeto_105-2025.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei n.º 105/2025, que autoriza o Poder Executivo Municipal a contratar Operação de Crédito com a Agência de Fomento do Paraná S.A, e dá outras providências._x000D_
 _x000D_
 Art. 1º. O inciso I, do art. 3º, da presente lei, passa a ter a seguinte redação:_x000D_
 _x000D_
 I - ESCOLA MUNICIPAL;_x000D_
 _x000D_
 Art. Esta emenda entrará em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/540/emenda_07-2025_ao_projeto_107-2025_-_loa.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/540/emenda_07-2025_ao_projeto_107-2025_-_loa.pdf</t>
   </si>
   <si>
     <t>Emenda ao o Projeto de lei nº. 107/2025, que “Estima a Receita e Fixa a Despesa para o Exercício Financeiro de 2026”. _x000D_
 _x000D_
 Art. 1º. Ficam modificados os anexos 02 e 06 da Lei 4.320/64 da Câmara Municipal (órgão 01 – unidade 001), conforme demonstrativos em anexos.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/555/emenda_08.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/555/emenda_08.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 08 – PL 107/25. _x000D_
 _x000D_
 Emenda ao o Projeto de lei nº. 107/2025, que “Estima a Receita e Fixa a Despesa para o Exercício Financeiro de 2026”. _x000D_
 _x000D_
 Art. 1º. Acrescenta o Art. 9º-A ao Projeto de Lei nº 107/25: _x000D_
 “Art. 9º-A. _x000D_
 Fica o Executivo Municipal, autorizado a reajustar/suplementar a Lei de Diretrizes Orçamentárias para o exercício de 2026, nos mesmos montantes da Lei Orçamentária Anual de 2026.”</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/373/emenda_supressiva_01_-_ldo_-_henrique.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/373/emenda_supressiva_01_-_ldo_-_henrique.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de lei nº. 70/205, que “Estabelece as diretrizes a serem observadas na elaboração da lei orçamentária do Município de Joaquim Távora para o exercício de 2026, em conformidade com o artigo 165, inciso II, da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
+    <t>663</t>
+  </si>
+  <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/87/veto_parcial_n.o_05_-_ao_projeto_48-2025.pdf</t>
+    <t>Veto nº 001/2025 ao Projeto de lei nº 07/2025.</t>
+  </si>
+  <si>
+    <t>664</t>
+  </si>
+  <si>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/664/veto_002_pl_11-2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto 002/2025 ao Projeto de Lei nº 11/2025.</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/665/veto_03_pl_no18-2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto 003/2025 ao Projeto de lei nº 18/2025.</t>
+  </si>
+  <si>
+    <t>666</t>
+  </si>
+  <si>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/666/veto_004_pl_29-2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto 004/2025 ao Projeto de Lei nº 29/2025</t>
+  </si>
+  <si>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/87/veto_parcial_n.o_05_-_ao_projeto_48-2025.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL N.º 05 AO PROJETO 48-2025, DE AUTORIA DO VERADOR LUIZ PAULO CORRÊA, MARCOS JOSÉ DOMINGUES E CARLOS HENRIQUE CASTANHEIRA, QUE "AUTORIZA O PODER EXECUTIVO A CONCEDER PREMIAÇÕES A PARTICIPANTES DE EVENTOS ESPORTIVOS E CULTURAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/662/veto_06_pl_80-2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto ao Projeto de lei nº 80/2025</t>
+  </si>
+  <si>
     <t>556</t>
   </si>
   <si>
     <t>EII</t>
   </si>
   <si>
     <t>Emenda Impositiva Individual</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/556/emenda_orca._imposi._individual_no01-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/556/emenda_orca._imposi._individual_no01-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 01/2025_x000D_
 _x000D_
 O vereador Benedito Azarias, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/557/emenda_orca._imposi._individual_no02-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/557/emenda_orca._imposi._individual_no02-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 02/2025_x000D_
 _x000D_
 O vereador Carlos Henrique Castanheira, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_impositiva_03-2025_-_marcos_jose.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_impositiva_03-2025_-_marcos_jose.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 03/2025_x000D_
 _x000D_
 O vereador Marcos José Domingues, nos uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/559/emenda_orca._imposi._individual_no04-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/559/emenda_orca._imposi._individual_no04-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 04/2025_x000D_
 _x000D_
 O vereador Luiz Paulo Corrêa, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/560/emenda_orca._imposi._individual_no05-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/560/emenda_orca._imposi._individual_no05-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 05/2025_x000D_
 _x000D_
 O vereador Adevilson dos Santos, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_orca._imposi._individual_no06-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_orca._imposi._individual_no06-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 06/2025_x000D_
 _x000D_
 A vereadora Ivone Aparecida Mendonça Silva, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_orca._imposi._individual_no07-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_orca._imposi._individual_no07-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 07/2025_x000D_
 _x000D_
 O vereador Fernando da Cunha Fiats, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_orca._imposi._individual_no08-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_orca._imposi._individual_no08-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 08/2025_x000D_
 _x000D_
 A vereadora Vanessa Ramos de Oliveira, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_orca._imposi._individual_no09-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_orca._imposi._individual_no09-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ORÇAMENTÁRIA IMPOSITIVA INDIVIDUAL Nº 09/2025_x000D_
 _x000D_
 A vereadora Valdirene Cabrera Mendes, no uso de suas atribuições legais, propõe a seguinte Emenda Orçamentária Impositiva ao Projeto de Lei n.º 107/2025, que “Estima Receita e fixa Despesas para o Exercício Financeiro de 2026 - LOA/2026”.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>PCP</t>
   </si>
   <si>
     <t>Pareceres das Comissões Permanentes</t>
   </si>
   <si>
     <t>COMISSÕES PERMANENTES - COM PERM</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_do_projeto_de_lei_no_01-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_do_projeto_de_lei_no_01-2025.pdf</t>
   </si>
   <si>
     <t>parecer favorável das comissões permanente.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/594/parecer_do_projeto_de_lei_no02-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/594/parecer_do_projeto_de_lei_no02-2025.pdf</t>
   </si>
   <si>
     <t>parecer favorável das comissões permanentes</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/595/parecer_do_projeto_de_lei_no03-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/595/parecer_do_projeto_de_lei_no03-2025.pdf</t>
   </si>
   <si>
     <t>parecer favorável das comissões permanentes.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/596/parecer_do_projeto_de_lei_no06-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/596/parecer_do_projeto_de_lei_no06-2025.pdf</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/597/parecer_do_projeto_de_lei_no25-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/597/parecer_do_projeto_de_lei_no25-2025.pdf</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/598/parecer_do_projeto_de_lei_no28-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/598/parecer_do_projeto_de_lei_no28-2025.pdf</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/599/parecer_do_projeto_de_lei_no37-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/599/parecer_do_projeto_de_lei_no37-2025.pdf</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/600/parecer_do_projeto_de_lei_no38-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/600/parecer_do_projeto_de_lei_no38-2025.pdf</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/601/parecer_do_projeto_de_lei_no_46-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/601/parecer_do_projeto_de_lei_no_46-2025.pdf</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/602/parecer_do_projeto_de_lei_no_47-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/602/parecer_do_projeto_de_lei_no_47-2025.pdf</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/603/parecer_do_projeto_de_lei_no49-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/603/parecer_do_projeto_de_lei_no49-2025.pdf</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/604/parecer_do_projeto_de_lei_no_51-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/604/parecer_do_projeto_de_lei_no_51-2025.pdf</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/605/parecer_do_projeto_de_lei_no52-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/605/parecer_do_projeto_de_lei_no52-2025.pdf</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/606/parecer_do_projeto_de_lei_no_53-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/606/parecer_do_projeto_de_lei_no_53-2025.pdf</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_do_projeto_de_lei_no60-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_do_projeto_de_lei_no60-2025.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/608/parecer_doprojeto_de_lei_no61-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/608/parecer_doprojeto_de_lei_no61-2025.pdf</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/609/parecer_do_projeto_de_lei_no63-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/609/parecer_do_projeto_de_lei_no63-2025.pdf</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/610/parecer_do_projeto_de_lei_no_64-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/610/parecer_do_projeto_de_lei_no_64-2025.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/611/parecer_do_projeto_de_lei_no_65-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/611/parecer_do_projeto_de_lei_no_65-2025.pdf</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/612/parecer_do_projeto_de_lei_no_66-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/612/parecer_do_projeto_de_lei_no_66-2025.pdf</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/613/parecer_do_projeto_de_lei_no_67-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/613/parecer_do_projeto_de_lei_no_67-2025.pdf</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/614/parecer_do_projeto_de_lei_no_68-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/614/parecer_do_projeto_de_lei_no_68-2025.pdf</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/615/parecer_do_projeto_de_lei_no_69-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/615/parecer_do_projeto_de_lei_no_69-2025.pdf</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/616/parecer_do_projeto_de_lei_no71-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/616/parecer_do_projeto_de_lei_no71-2025.pdf</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/617/parecer_do_projeto_de_lei_no73-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/617/parecer_do_projeto_de_lei_no73-2025.pdf</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_do_projeto_de_lei_no_74-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_do_projeto_de_lei_no_74-2025.pdf</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/619/parecer_do_projeto_de_lei_no75-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/619/parecer_do_projeto_de_lei_no75-2025.pdf</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_do_projeto_de_lei_no76-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_do_projeto_de_lei_no76-2025.pdf</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_do_projeto_de_lei_no_77-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_do_projeto_de_lei_no_77-2025.pdf</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/622/parecer_do_projeto_de_lei_no_79-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/622/parecer_do_projeto_de_lei_no_79-2025.pdf</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/623/parecer_do_projeto_de_lei_no_84-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/623/parecer_do_projeto_de_lei_no_84-2025.pdf</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/624/parecer_do_projeto_de_lei_no_85-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/624/parecer_do_projeto_de_lei_no_85-2025.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/625/parecer_do_projeto_de_lei_no_86-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/625/parecer_do_projeto_de_lei_no_86-2025.pdf</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/626/parecer_do_projeto_de_lei_no_87-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/626/parecer_do_projeto_de_lei_no_87-2025.pdf</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/627/parecer_do_projeto_de_lei_no_88-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/627/parecer_do_projeto_de_lei_no_88-2025.pdf</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/628/parecer_do_projeto_de_lei_no89-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/628/parecer_do_projeto_de_lei_no89-2025.pdf</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/629/parecer_do_projeto_de_lei_no_90-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/629/parecer_do_projeto_de_lei_no_90-2025.pdf</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/630/parecer_do_projeto_de_lei_no_91-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/630/parecer_do_projeto_de_lei_no_91-2025.pdf</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/631/parecer_do_projeto_de_lei_no_92-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/631/parecer_do_projeto_de_lei_no_92-2025.pdf</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_do_projeto_de_lei_no_93-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_do_projeto_de_lei_no_93-2025.pdf</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_do_projeto_de_lei_no_94-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_do_projeto_de_lei_no_94-2025.pdf</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/634/parecer_do_projeto_de_lei_no_95-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/634/parecer_do_projeto_de_lei_no_95-2025.pdf</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/635/parecer_do_projeto_de_lei_no_96-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/635/parecer_do_projeto_de_lei_no_96-2025.pdf</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/636/parecer_do_projeto_de_lei_no_97-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/636/parecer_do_projeto_de_lei_no_97-2025.pdf</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/637/parecer_do_projeto_de_lei_no_98-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/637/parecer_do_projeto_de_lei_no_98-2025.pdf</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/638/parecer_do_projeto_de_lei_no_99-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/638/parecer_do_projeto_de_lei_no_99-2025.pdf</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/639/parecer_do_projeto_de_lei_no_100-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/639/parecer_do_projeto_de_lei_no_100-2025.pdf</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/640/parecer_do_projeto_de_lei_no_101-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/640/parecer_do_projeto_de_lei_no_101-2025.pdf</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/641/parecer_do_projeto_de_lei_no_102-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/641/parecer_do_projeto_de_lei_no_102-2025.pdf</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/642/parecer_do_projeto_de_lei_no103-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/642/parecer_do_projeto_de_lei_no103-2025.pdf</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/643/parecer_do_projeto_de_lei_no104-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/643/parecer_do_projeto_de_lei_no104-2025.pdf</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_do_projeto_de_lei_no105-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_do_projeto_de_lei_no105-2025.pdf</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/645/parecer_do_projeto_de_lei_no_106-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/645/parecer_do_projeto_de_lei_no_106-2025.pdf</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/646/parecer_do_projeto_de_lei_no_108-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/646/parecer_do_projeto_de_lei_no_108-2025.pdf</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/647/parecer_do_projeto_de_lei_no_108-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/647/parecer_do_projeto_de_lei_no_108-2025.pdf</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/648/parecer_do_projeto_de_lei_no_109-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/648/parecer_do_projeto_de_lei_no_109-2025.pdf</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/649/parecer_do_projeto_de_lei_no_110-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/649/parecer_do_projeto_de_lei_no_110-2025.pdf</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/650/parecer_do_projeto_de_lei_no_111-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/650/parecer_do_projeto_de_lei_no_111-2025.pdf</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/651/parecer_do_projeto_de_lei_no_112-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/651/parecer_do_projeto_de_lei_no_112-2025.pdf</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/652/parecer_do_projeto_de_lei_no_113-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/652/parecer_do_projeto_de_lei_no_113-2025.pdf</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/653/parecer_do_projeto_de_lei_no_114-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/653/parecer_do_projeto_de_lei_no_114-2025.pdf</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/654/parecer_do_projeto_de_lei_no_115-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/654/parecer_do_projeto_de_lei_no_115-2025.pdf</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/655/parecer_do_projeto_de_lei_no_116-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/655/parecer_do_projeto_de_lei_no_116-2025.pdf</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/656/parecer_do_projeto_de_lei_no_117-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/656/parecer_do_projeto_de_lei_no_117-2025.pdf</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/657/parecer_do_projeto_de_lei_no_118-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/657/parecer_do_projeto_de_lei_no_118-2025.pdf</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/658/parecer_do_projeto_de_lei_no_119-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/658/parecer_do_projeto_de_lei_no_119-2025.pdf</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/659/parecer_do_projeto_de_lei_no_120-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/659/parecer_do_projeto_de_lei_no_120-2025.pdf</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/660/parecer_do_projeto_de_lei_no_123-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/660/parecer_do_projeto_de_lei_no_123-2025.pdf</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Moção de Homenagem</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_lei_no62-2025_mocao_de_aplausos_padre_valdemir.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_lei_no62-2025_mocao_de_aplausos_padre_valdemir.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos direcionada ao Ilustríssimo Padre Valdemir Granzzoto, que está a frente da reitoria do “Santuário Santíssimo Nome de Jesus”</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_65.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_65.pdf</t>
   </si>
   <si>
     <t>"MOÇÃO DE APLAUSOS DIRECIONADA AO ILUSTRÍSSIMO SENHO FABIANO DE OLIVEIRA, CARINHOSAMENTE CONHECIDO COMO CHURRASCO'.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_66.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_66.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Senhor Adelino de Jesus Ferreira”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_67.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_67.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos direcionada ao Ilustríssimo Pastor da Igreja Evangélica Mistério Divino, Senhor Anito Silva do Prado.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_101.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_101.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS DIRECIONADA AO ILUSTRÍSSIMO SR. PASTOR DA IGREJA EVANGÉLICA PROFÉTICA IDENTIDADE, SENHOR FABIANO COSTA DE ALMEIDA”.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>ORP</t>
   </si>
   <si>
     <t>Ofício de Resposta Proposição</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/481/oficio_de_resposta_do_executivo_-_414_-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/481/oficio_de_resposta_do_executivo_-_414_-2025.pdf</t>
   </si>
   <si>
     <t>Ofício n.º 414/2025 - GAB (PMJT)_x000D_
 _x000D_
 Resposta a requerimentos.</t>
   </si>
   <si>
     <t>O(D)</t>
   </si>
   <si>
     <t>Ofícios - Documentos</t>
   </si>
   <si>
     <t>SECRETARIA - SECRETARIA</t>
   </si>
   <si>
     <t>Edital de Convocação Municipal do MDB – Movimento Democrático Brasileiro.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/447/oficio_no_553-2025_-_formalizacao_de_convite_para_envio_de_representantes_da_camara_municipal_1.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/447/oficio_no_553-2025_-_formalizacao_de_convite_para_envio_de_representantes_da_camara_municipal_1.pdf</t>
   </si>
   <si>
     <t>Ofício nº 553/2025 - GS - SETU_x000D_
 Secretaria do Turismo.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/451/oficio_no_147_-_2025_-_sanepar_-_caixa_de_gordura.doc</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/451/oficio_no_147_-_2025_-_sanepar_-_caixa_de_gordura.doc</t>
   </si>
   <si>
     <t>Ofício 147/2025_x000D_
 _x000D_
 ASSUNTO: Comunicação à empresa Sanepar sobre a legislação municipal referente à dispensa de instalação de caixa de gordura.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/496/oficio_439.2025_-_solicita_a_retirada_de_pauta_de_projeto_de_lei_1.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/496/oficio_439.2025_-_solicita_a_retirada_de_pauta_de_projeto_de_lei_1.pdf</t>
   </si>
   <si>
     <t>Ofício n.º 439/2025 - Solicitação de retirada do projeto n.º 117/2025, de autoria do Poder Executivo, que  Institui a Política Municipal de Inovação, Ciência e Tecnologia; cria o Conselho Municipal de Ciência, Inovação e Tecnologia; cria o Fundo Municipal de Ciência, Inovação e Tecnologia; e estabelece medidas de incentivo à inovação,  à pesquisa e ao desenvolvimento científico e tecnológico,  visando à consolidação do ecossistema de inovação e  tecnologia do Município de Joaquim Távora, e dá outras  providências.</t>
   </si>
   <si>
     <t>ORD</t>
   </si>
   <si>
     <t>Ofícios diversos recebidos</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/90/edital_23-2025_-_55_zona_eleitoral.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/90/edital_23-2025_-_55_zona_eleitoral.pdf</t>
   </si>
   <si>
     <t>Edital n.º 23/2025, oriundo da 55ª Zona Eleitoral.</t>
   </si>
   <si>
     <t>CONSELHO TUTELAR - CT</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/54/of_55.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/54/of_55.pdf</t>
   </si>
   <si>
     <t>Solicitação de Providências para garantia de acesso a medicamentos para crianças com TEA.</t>
   </si>
   <si>
     <t>Ofício n.º458-SGP, oriundo da Assembleia Legislativa do Estado do Paraná.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_2279_1.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_2279_1.pdf</t>
   </si>
   <si>
     <t>Requerimento do Deputado Delegado Tito Barichelo.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>TCH</t>
   </si>
   <si>
     <t>TÍTULO DE CIDADÃO HONORÁRIO</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/531/titulo_cidadao_honorario_40-2025_-_jose_amaro.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/531/titulo_cidadao_honorario_40-2025_-_jose_amaro.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 40/2025_x000D_
 _x000D_
 _x000D_
 "Outorga título de Cidadão Benemérito ao Ilustríssimo Senhor José Amaro de Oliveira".</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_no43-2025cidadao_honorario_neuza_vieira.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_no43-2025cidadao_honorario_neuza_vieira.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadã Honorária à Ilustríssima Senhora Neuza Maria Leonel Vieira”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_no_44_-2025cidadao_honorario_valdemir_granzzoto_de_moraes.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_no_44_-2025cidadao_honorario_valdemir_granzzoto_de_moraes.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Padre Valdemir Granzzotto de Moraes”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no45-2025_cidadao_honorario_-venancio.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no45-2025_cidadao_honorario_-venancio.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Senhor Venâncio Oliveira Lima”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_56-2025_cidadao_honorario_joel_alvarenga.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_56-2025_cidadao_honorario_joel_alvarenga.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Senhor Joel Alvarenga”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_57_-2025cidadao_honorario_paulo_fernando_neves.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_57_-2025cidadao_honorario_paulo_fernando_neves.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Senhor Paulo Fernando Neves”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_no_58-2025cidadao_honorario_antenor_tadau_nagata.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_no_58-2025cidadao_honorario_antenor_tadau_nagata.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Senhor Antenor Tadao Nagata”.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/424/pl_96-2025_-_cidadao_honorario.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/424/pl_96-2025_-_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Senhor Lauro Samoel Estrambek”.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/426/pl_98_-_cidadao_honorario.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/426/pl_98_-_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Honorário ao Ilustríssimo Senhor Santo Grando”.</t>
   </si>
   <si>
     <t>TCB</t>
   </si>
   <si>
     <t>TÍTULO DE CIDADÃO BENEMÉRITO</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no_40-2025_cidadao_benemerito_jose_amaro_de_oliveira.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no_40-2025_cidadao_benemerito_jose_amaro_de_oliveira.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Benemérito ao Ilustríssimo Senhor José Amaro de Oliveira.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadã Benemérita à Ilustríssima Senhora Leila de Fátima Abreu”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadão Benemérito ao Ilustríssimo Senhor Nilton Flavio Ovçar”.</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no59-2025_cidadao_benemerito_bortolo_valle.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no59-2025_cidadao_benemerito_bortolo_valle.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Benemérito ao Ilustríssimo Senhor Bortolo Valle”.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/425/pl_97-2025_-_cidadao_benemerita.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/425/pl_97-2025_-_cidadao_benemerita.pdf</t>
   </si>
   <si>
     <t>“Outorga título de Cidadã Benemérita à Ilustríssima Senhora Natalina Panichi de Oliveira”.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_99.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_99.pdf</t>
   </si>
   <si>
     <t>“OUTORGA TÍTULO DE CIDADÃ BENEMÉRITA À ILUSTRÍSSIMA SENHORA LUCIANA APARECIDA VIEIRA RODRIGUES”.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/429/pl_100.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/429/pl_100.pdf</t>
   </si>
   <si>
     <t>“OUTORGA TÍTULO DE CIDADÃ BENEMÉRITA À ILUSTRÍSSIMA SENHORA ADORALI CAMARGO DOMINGUES”.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/433/pl_102.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/433/pl_102.pdf</t>
   </si>
   <si>
     <t>“OUTORGA TÍTULO DE CIDADÃ BENEMÉRITA À ILUSTRÍSSIMA SENHORA KAREM CHRISTIAN CHAOWICHE NASSAR”.</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTA DO ESTADO DO PARANÁ - TCE</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2022/88/prestacao_de_contas_-_2022.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2022/88/prestacao_de_contas_-_2022.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO - ANO 2022_x000D_
 PREFEITO: REGINALDO VILELA</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>ESS</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA SUBSTITUTIVA</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/378/emenda_01_-_supressiva_substitutiva_-_ldo_2026.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/378/emenda_01_-_supressiva_substitutiva_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva n.º 01 (substitutiva), adicionada ao o Projeto de lei nº. 70/2025, que “Estabelece as diretrizes a serem observadas na elaboração da lei orçamentária do Município de Joaquim Távora para o exercício de 2026, em conformidade com o artigo 165, inciso II, da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA SUBSTITUTIVA</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/379/emenda_modificativa_n.o_02_-_ldo_-_2026_substitutiva.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/379/emenda_modificativa_n.o_02_-_ldo_-_2026_substitutiva.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n.º 02 (substitutiva), adicionada ao o Projeto de lei nº. 70/2025, que “Estabelece as diretrizes a serem observadas na elaboração da lei orçamentária do Município de Joaquim Távora para o exercício de 2026, em conformidade com o artigo 165, inciso II, da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>PORTARIA</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/565/portaria_01-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/565/portaria_01-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a  nomeação  para o exercício do cargo comissionado  de Assessor Especial da Presidência do Legislativo Municipal.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/566/portaria_02-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/566/portaria_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação para o exercício do cargo comissionado de Assessor Especial de Administração e Planejamento do Legislativo Municipal.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/567/portaria_03-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/567/portaria_03-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a programação financeira  e cronograma de desembolso para o Legislativo Municipal, no exercício financeiro de 2025".</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/568/portaria_04-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/568/portaria_04-2025.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a concessão de férias regulamentares de servidor do Poder Legislativo (Maria Aparecida Martins Carvalho).</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/569/portaria_05-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/569/portaria_05-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias regulamentares de servidor do Poder Legislativo (Alexandre Almeida de Oliveira)"</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/570/portaria_06-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/570/portaria_06-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias regulamentares a servidor do Poder Legislativo.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/571/portaria_07-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/571/portaria_07-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias regulamentares de servidor do Poder Legislativo.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/572/portaria_08-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/572/portaria_08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias regulamentares a servidor do Poder Legislativo (Francisco dos Santos Reis).</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/573/portaria_09-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/573/portaria_09-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias regulamentares de servidor do Poder Legislativo (Maria Martins de Camargo).</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/574/portaria_10-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/574/portaria_10-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de conversão em pecúnia de um mês de licença prêmio a servidor do Poder Legislativo.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/575/portaria_11-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/575/portaria_11-2025.pdf</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/578/portaria_12-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/578/portaria_12-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução de jornada de trabalho de servidor responsável por filho com transtorno do espectro autista - TEA.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/577/portaria_13-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/577/portaria_13-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão  de conversão em pecúnia de 01 mês de licença-prêmio ao servidor do Poder Legislativo"</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/579/portaria_14-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/579/portaria_14-2025.pdf</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/580/portaria_15-2025.pdf</t>
+    <t>http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/580/portaria_15-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias regulamentares de servidor do Poder Legislativo (Valéria Oliveira de Góis).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6342,68 +6384,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_02-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_03-carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_04-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_05-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_06-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_07-carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_08-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_09-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/117/requerimento_10-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_11-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_12-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_13-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_14-carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_15-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_16-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_17_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/131/requerimento_18-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_19-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_20-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_21-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/139/requerimento_22-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_23-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_24-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_25-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/196/requerimeto_26-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_27-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/201/requerimento_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_36-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_37-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_38-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_39-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_40-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_41-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/77/42.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/79/43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_44-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_45-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/97/46_luiz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/98/47_dito.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/99/48_henrique.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/222/49_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/223/50_dito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/316/51_luiz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/317/52_luiz.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/318/53_dito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_54-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_55-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_56-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_57-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/366/req_58_henrique.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_59-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_60-2025_-_luiz.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_61-2025_-dito.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/390/62_adevilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/391/63_marcos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/392/64_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/403/65_henrique.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/411/req_66_fernando.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/416/67_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_68_-2_025_-henrique.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_69-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_70-2025_-_adevilson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_71-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_72-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_73-2025_-__henrique.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_74-2025_-_henrique_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_75-2025_-_fernando_e_adevilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_76_-_dito_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_77-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_78-2025_-_dito_-_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_79-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/551/req_80_-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_81_-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_01-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_02-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_03-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_04-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_05-benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/301/06_dito.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_07-_benedto_azarias.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_08-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_09-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_10-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_11-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_12-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_13-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_14-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_15-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_16-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_17-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_18-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_20-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_21-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_22-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_23-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_24-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_25-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_26-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_27-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_28-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_28-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_30-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_31-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_32-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_33-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_34-_antonio_luiz.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_35-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_36-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_37-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_38-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_39-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_41-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_42-benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_43-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_44-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_45-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_46-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_47-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_49-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_50-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_51-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_52-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_53-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_54-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_55-__marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_56-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_57-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_58-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_59-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_60-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_61-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_62-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_63-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_64-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_65-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_66-luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_67-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_68-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_69-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_70-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_71-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_72-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_73-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_74-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_75-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_76-_bnedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_77-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_78-vanssa_ramos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_79-benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_80-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_81-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_82-_maecos_jose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_83-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_84-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_85-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_86-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_87-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_88-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_89-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_90-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_91-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_92-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_93-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_94-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_95-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_96-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_97-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_98-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/186/indivacao_99-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_100-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_101-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_102-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_103-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_104-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_105-_valdirene_cabrera.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_106-_antonio_luis.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_107-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/197/indcacao_108__marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_109_-fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_110-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_111-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_112-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_113-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_114-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_115-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_116-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_117-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_118-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_119-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_120-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_121-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/230/inidcacao_122-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_123-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_124-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_125-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_126-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_127-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_128-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_129-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_130-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_131-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_132-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_133-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_136-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_138-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_143-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/255/146_ivone.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_148-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_149-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_150-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_151-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_152-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_153-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_154-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_155-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_156-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_157-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_158-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_159-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_160-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_161-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_162-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_163-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_164-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_165-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao166-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_167-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_168-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_169-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_170-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_171-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_172-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/282/173_fernando.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/283/174_dito.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/284/175_marcos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/285/176_dito.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/286/177_luiz.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/287/178_dito.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/288/179_ivone.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/289/180_luiz.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/290/181_fernando.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/291/182_antonio-marcos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/292/183_luiz.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/293/184_luiz.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/294/185_henrique.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/295/186_dito.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/48/ind_187.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/49/ind_188.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/50/ind_189.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/51/ind_190.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/52/ind_191.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/53/ind_192.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_193-_2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/78/194.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_195-2025_-_luiz.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/92/196_fernando.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/93/197_fernando.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/94/198_dito.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/95/199_dito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/96/200_dito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/219/201_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/299/202_dito.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/300/203_dito.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/220/204_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/221/205_dito.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/296/206dito.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/297/207_dito.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/298/208_dito.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/303/209_dito.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/304/210_dito.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/305/211_luiz.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/306/212_dito.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/307/213_marcos.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/308/214_marcos.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/309/215_adevilson.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/310/216_dito.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/311/217_dito.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_218-2025_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_219-2025_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_220_-2025_-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_221-2025_-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/324/224_marcos.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/325/225_marcos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/326/226_fernando.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/327/227_vanessa.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/328/228_vanessa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/329/229_adevilson.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/330/230_adevilson.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/331/231_ivone.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/332/232_luiz.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_233-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_234-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_235-2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_236-2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_238-2025_-_fernando_2.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/338/indicacao_239-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_240_-_2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/349/inidcacao_241-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/351/242_fernando.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/352/243_fernando.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/353/244_vanessa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/354/245_vanessa.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/355/246_dito.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/356/247_adevilson.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/357/248_adevilson.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/359/249_vanessa.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/361/251_adevilson.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/362/252_adevilson.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/363/253_dito.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/364/254_marcos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/367/255_marcos.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/365/256_todos.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_257-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_258_-_2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_259-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_n.o_260_-_luiz.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/393/261_fernando.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/394/262_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/395/263_ivone.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/396/264_ivone.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/404/265_henrique.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/405/266_henrique.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/406/267_marcos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/407/268_marcos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/413/269_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/414/270_marcos.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/415/271_adevilson.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/419/272_marcos.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_273-2025_-_marcos_jose_domingues.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_274-2025_-_dito_e_outros.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_275_-_bendito_azarias.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_276_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_277-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_278-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_279-2025_-_adevilson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_280-2025_-_ivone.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_281-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_282_-_2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_284-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_285-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_286_-_2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/456/287_dito_2.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_288-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_289-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_290-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_291-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_292_-_2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_293-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_294-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_295_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_297-2025_-_pdf_-_dito_1.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_298-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_299_-_2025_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_01-2025_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_02-2025_-_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_03-2025_-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_06-_2025_-_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/500/pl-07-2025-fernando_fiats.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_08-2025_-_credito_especial_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/503/pl_09-_2025_-_executivo_-_repasses.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/504/pl-11-2025-henrique.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/505/pl-12-2025-luiz_paulo_correa.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/506/pl-13-2025-benedito-henrique.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/507/pl-14-2025-fernando_fiats.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/508/projeto_de_lei_16-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_17-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/521/pl-18-2025-benedito-luiz_paulo_correa.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/510/pl_19-2025_-_concede_vale_conselheiros_tutelares_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2024/519/pl_20-2025_-_executivo_-_amplia_jornada_advogado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/512/pl_22-2025_-_executivo_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/513/pl_23_-_2025_-_luiz_paulo_correa_-_isencao_doador.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/514/plm_24-2025_-_executivo_-_amplia_jornada_arquiteto.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/515/pl_25_-_executivo_-_altera_lei_municipal_1414-2026.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26-2025_-_aproveitamento_de_energia_solar_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025_-_executivo_-_inclui__nova_prioridades_no_ppa.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/518/pl_28-2025_-_executivo_-_cria_vagas_no_quadro_de_pessoal_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/520/pl_29-_fernando_da_cunha_fiats.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/522/pl_30-2025_-_executivo_-_altera_redacao_lei_1387_2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/523/pl_31-_2025_-_dito_-_barracao_de_costura.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/524/pl_32_-_2025_-_denomina_campo_asa_branca_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/525/pl_34-2025_-_executivo_-_aditivo_repasse_recursos.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/526/pl_35_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/527/pl_36-2025_-_executivo_-_conselho_das_cidades.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/528/pl_37-2025_-_aumenta_valor_vale_alimentacao_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/529/pl-38-2025-henrique-luia_paulo_correa-benedito-antonio_luiz_gabriel.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/530/pl_39_-_fernando_da_cunha_fiats_-_wi-fi.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/541/pl46_-_fiscal_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/542/pl_47-2025_-_legislativo_-_altera_valor_funcao_gratificada_-_comissao_inventario.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/543/pl_48_-_2025_-_luiz_paulo_correa.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/544/pl_49-2025_-_executivo_-_pagamento_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/545/pl_51-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/546/pl_52-25.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/547/pl_53-2025_-_legislativo_-_energia_eletrica.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/56/pl_61-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/57/pl_63-2025_-_prorroga_prazo_forum.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/58/pl_64-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/80/pl_68-2025_-_executivo_-_altera_valor.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/82/pl_70-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_72.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/225/pl_73.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/319/pl_74-2025_-_repasse_asilo.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/320/pl-_75-2025_-_gtide.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/321/pl_76-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/322/pl_77-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/323/pl_78-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/333/pl_79-2025_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/345/pl_80-2025_-_auxilio-alimentacao_-_menores_aprensizes_-_camara.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/348/novoarquivo_92.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/389/pl_84-2025_-_executivo_-_plantio_de_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/397/pl_85-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_energia_eletrica_-_zona_rural_-_pl_86-2025_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/400/pl_87.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/401/pl_88.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/402/novoarquivo_94.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/408/pl_90-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/409/pl_9192-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/410/pl_9192-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/417/pl_-_93-2025_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/423/pl_94_-_2025_-_brinquedos_adaptados.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/432/pl_95.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/438/pl_103_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/439/pl_104-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/441/pl_105-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/442/pl_106_-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/452/pl107_-_2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/453/pl_108-2025_-_porteira_adentro.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/461/pl109_-_2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/472/pl_110_-_2025_-_denominacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_111-2025_-_executivo_-_repasse_hospital.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/477/pl_112_-_transporte_especial_saude_-_cancer_e_autismo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/479/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_114_2025_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/480/pl_115_-_2025_-_estende_cartao_material_escolar_aos_alunos_da_apae_-_jtm.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/485/pl_116_2025_-_desafetacao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/486/pl_117-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/487/pl_118-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/488/pl_119-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/490/pl_120-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/495/projeto_121-2025_-_inclui_novas_prioridades_ppa_-_sementinha_do_saber.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/497/pl_122.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/499/pl_123-2025_-_executivo_-_ratifica_o_protocolo_-_consorcio_intergestores_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/532/pl_124-2025_-_executivo_ppa.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/533/pl_125-_2025_-_abertura_credito_-_despesas_saude.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/538/pl_126-2025_-_executivo_-_uso_e_ocupacao_do_solo_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_decreto_legislativo_n.o_01-2025_-_prestacao_de_contas_-_ano_2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_decreto_legislativo_n.o_02-2025_-_prestacao_de_contas_-_ano_2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei__04-2025_-_gratificacao_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei__05-2025_-_subsidio_secretario_-_alteracao_lc_19.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/548/pl_complementar_-_03-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/549/pl_lei_complementar_04_-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/550/pl_complmentar_05-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/59/plc_-_07-2025_-_conversao_licenca_premio_pecunia.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/398/plc_08.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/492/pl_complementar_09-2025_-_executivo_-_alteracao_estatuto.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/534/pl_complementar_10-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/535/pl_complementar_11-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/536/pl_complementar_-_12-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_resolucao_03-2025_2.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_resolucao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/428/pr_05.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/537/pl_de_resolucao_06-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/302/pl-07-2025-fernando_fiats.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/475/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/388/emenda_aditiva_n.o_01_ldo_-_2026.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/460/emenda_aditiva_02_pl_108.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/346/emenda_01_pl63.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/372/emenda_modificativa_02_-_ldo_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/380/emenda_modificativa_n.o_03_-_ldo_-_dito.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/418/emenda_modificativa_cargo_assistente_-_pl__90-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/440/emenda_resolucao_-_05-2025_modificativa.pdf_2.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/459/emenda_ao_porjeto_105-2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/540/emenda_07-2025_ao_projeto_107-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/555/emenda_08.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/373/emenda_supressiva_01_-_ldo_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/87/veto_parcial_n.o_05_-_ao_projeto_48-2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/556/emenda_orca._imposi._individual_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/557/emenda_orca._imposi._individual_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_impositiva_03-2025_-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/559/emenda_orca._imposi._individual_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/560/emenda_orca._imposi._individual_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_orca._imposi._individual_no06-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_orca._imposi._individual_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_orca._imposi._individual_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_orca._imposi._individual_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_do_projeto_de_lei_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/594/parecer_do_projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/595/parecer_do_projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/596/parecer_do_projeto_de_lei_no06-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/597/parecer_do_projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/598/parecer_do_projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/599/parecer_do_projeto_de_lei_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/600/parecer_do_projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/601/parecer_do_projeto_de_lei_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/602/parecer_do_projeto_de_lei_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/603/parecer_do_projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/604/parecer_do_projeto_de_lei_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/605/parecer_do_projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/606/parecer_do_projeto_de_lei_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_do_projeto_de_lei_no60-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/608/parecer_doprojeto_de_lei_no61-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/609/parecer_do_projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/610/parecer_do_projeto_de_lei_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/611/parecer_do_projeto_de_lei_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/612/parecer_do_projeto_de_lei_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/613/parecer_do_projeto_de_lei_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/614/parecer_do_projeto_de_lei_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/615/parecer_do_projeto_de_lei_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/616/parecer_do_projeto_de_lei_no71-2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/617/parecer_do_projeto_de_lei_no73-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_do_projeto_de_lei_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/619/parecer_do_projeto_de_lei_no75-2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_do_projeto_de_lei_no76-2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_do_projeto_de_lei_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/622/parecer_do_projeto_de_lei_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/623/parecer_do_projeto_de_lei_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/624/parecer_do_projeto_de_lei_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/625/parecer_do_projeto_de_lei_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/626/parecer_do_projeto_de_lei_no_87-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/627/parecer_do_projeto_de_lei_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/628/parecer_do_projeto_de_lei_no89-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/629/parecer_do_projeto_de_lei_no_90-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/630/parecer_do_projeto_de_lei_no_91-2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/631/parecer_do_projeto_de_lei_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_do_projeto_de_lei_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_do_projeto_de_lei_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/634/parecer_do_projeto_de_lei_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/635/parecer_do_projeto_de_lei_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/636/parecer_do_projeto_de_lei_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/637/parecer_do_projeto_de_lei_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/638/parecer_do_projeto_de_lei_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/639/parecer_do_projeto_de_lei_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/640/parecer_do_projeto_de_lei_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/641/parecer_do_projeto_de_lei_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/642/parecer_do_projeto_de_lei_no103-2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/643/parecer_do_projeto_de_lei_no104-2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_do_projeto_de_lei_no105-2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/645/parecer_do_projeto_de_lei_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/646/parecer_do_projeto_de_lei_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/647/parecer_do_projeto_de_lei_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/648/parecer_do_projeto_de_lei_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/649/parecer_do_projeto_de_lei_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/650/parecer_do_projeto_de_lei_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/651/parecer_do_projeto_de_lei_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/652/parecer_do_projeto_de_lei_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/653/parecer_do_projeto_de_lei_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/654/parecer_do_projeto_de_lei_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/655/parecer_do_projeto_de_lei_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/656/parecer_do_projeto_de_lei_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/657/parecer_do_projeto_de_lei_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/658/parecer_do_projeto_de_lei_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/659/parecer_do_projeto_de_lei_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/660/parecer_do_projeto_de_lei_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_lei_no62-2025_mocao_de_aplausos_padre_valdemir.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_65.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_66.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_67.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_101.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/481/oficio_de_resposta_do_executivo_-_414_-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/447/oficio_no_553-2025_-_formalizacao_de_convite_para_envio_de_representantes_da_camara_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/451/oficio_no_147_-_2025_-_sanepar_-_caixa_de_gordura.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/496/oficio_439.2025_-_solicita_a_retirada_de_pauta_de_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/90/edital_23-2025_-_55_zona_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/54/of_55.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_2279_1.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/531/titulo_cidadao_honorario_40-2025_-_jose_amaro.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_no43-2025cidadao_honorario_neuza_vieira.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_no_44_-2025cidadao_honorario_valdemir_granzzoto_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no45-2025_cidadao_honorario_-venancio.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_56-2025_cidadao_honorario_joel_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_57_-2025cidadao_honorario_paulo_fernando_neves.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_no_58-2025cidadao_honorario_antenor_tadau_nagata.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/424/pl_96-2025_-_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/426/pl_98_-_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no_40-2025_cidadao_benemerito_jose_amaro_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no59-2025_cidadao_benemerito_bortolo_valle.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/425/pl_97-2025_-_cidadao_benemerita.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_99.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/429/pl_100.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/433/pl_102.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2022/88/prestacao_de_contas_-_2022.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/378/emenda_01_-_supressiva_substitutiva_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/379/emenda_modificativa_n.o_02_-_ldo_-_2026_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/565/portaria_01-2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/566/portaria_02-2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/567/portaria_03-2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/568/portaria_04-2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/569/portaria_05-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/570/portaria_06-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/571/portaria_07-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/572/portaria_08-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/573/portaria_09-2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/574/portaria_10-2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/575/portaria_11-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/578/portaria_12-2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/577/portaria_13-2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/579/portaria_14-2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/580/portaria_15-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_02-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_03-carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_04-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_05-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_06-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_07-carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_08-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_09-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/117/requerimento_10-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_11-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_12-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/125/requerimento_13-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/126/requerimento_14-carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_15-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_16-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/130/requerimento_17_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/131/requerimento_18-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_19-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_20-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_21-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/139/requerimento_22-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_23-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_24-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_25-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/196/requerimeto_26-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_27-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_30-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_31-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_32-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/201/requerimento_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_35-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_36-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_37-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_38-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_39-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_40-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_41-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/77/42.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/79/43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_44-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_45-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/97/46_luiz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/98/47_dito.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/99/48_henrique.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/222/49_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/223/50_dito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/316/51_luiz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/317/52_luiz.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/318/53_dito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_54-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_55-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_56-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_57-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/366/req_58_henrique.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_59-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_60-2025_-_luiz.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_61-2025_-dito.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/390/62_adevilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/391/63_marcos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/392/64_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/403/65_henrique.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/411/req_66_fernando.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/416/67_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_68_-2_025_-henrique.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_69-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_70-2025_-_adevilson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_71-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_72-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_73-2025_-__henrique.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_74-2025_-_henrique_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_75-2025_-_fernando_e_adevilson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_76_-_dito_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_77-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_78-2025_-_dito_-_pdf_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_79-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/551/req_80_-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_81_-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/1/indicacao_01-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/2/indicacao_02-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_03-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/4/indicacao_04-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/5/indicacao_05-benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/301/06_dito.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/6/indicacao_07-_benedto_azarias.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao_08-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_09-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_10-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_11-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_12-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_13-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_14-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_15-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_16-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_17-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_18-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_20-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_21-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_22-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_23-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_24-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_25-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_26-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_27-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_28-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_28-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_30-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_31-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_32-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_33-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_34-_antonio_luiz.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_35-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_36-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_37-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_38-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_39-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_41-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_42-benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_43-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_44-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_45-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_46-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_47-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_49-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_50-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_51-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_52-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_53-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_54-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_55-__marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_56-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_57-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_58-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_59-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_60-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_61-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_62-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_63-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_64-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_65-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_66-luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_67-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_68-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_69-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_70-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_71-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_72-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_73-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_74-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_75-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_76-_bnedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_77-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_78-vanssa_ramos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_79-benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_80-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_81-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_82-_maecos_jose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_83-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_84-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_85-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_86-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_87-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_88-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_89-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_90-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_91-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_92-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_93-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_94-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_95-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_96-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_97-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_98-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/186/indivacao_99-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_100-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_101-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_102-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_103-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_104-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_105-_valdirene_cabrera.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_106-_antonio_luis.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_107-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/197/indcacao_108__marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_109_-fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_110-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_111-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_112-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_113-_vanessa_ramos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_114-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_115-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_116-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_117-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_118-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_119-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_120-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_121-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/230/inidcacao_122-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_123-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_124-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_125-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_126-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_127-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_128-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_129-_fernando_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_130-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_131-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_132-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_133-_ivone_aparecida.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_136-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_138-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_143-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/255/146_ivone.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_148-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_149-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_150-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_151-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_152-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_153-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_154-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_155-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_156-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_157-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_158-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_159-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_160-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_161-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_162-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_163-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_164-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_165-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao166-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_167-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_168-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_169-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_170-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_171-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_172-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/282/173_fernando.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/283/174_dito.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/284/175_marcos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/285/176_dito.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/286/177_luiz.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/287/178_dito.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/288/179_ivone.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/289/180_luiz.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/290/181_fernando.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/291/182_antonio-marcos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/292/183_luiz.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/293/184_luiz.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/294/185_henrique.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/295/186_dito.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/48/ind_187.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/49/ind_188.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/50/ind_189.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/51/ind_190.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/52/ind_191.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/53/ind_192.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_193-_2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/78/194.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_195-2025_-_luiz.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/92/196_fernando.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/93/197_fernando.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/94/198_dito.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/95/199_dito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/96/200_dito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/219/201_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/299/202_dito.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/300/203_dito.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/220/204_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/221/205_dito.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/296/206dito.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/297/207_dito.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/298/208_dito.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/303/209_dito.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/304/210_dito.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/305/211_luiz.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/306/212_dito.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/307/213_marcos.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/308/214_marcos.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/309/215_adevilson.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/310/216_dito.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/311/217_dito.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_218-2025_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_219-2025_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_220_-2025_-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_221-2025_-_valdirene.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/324/224_marcos.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/325/225_marcos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/326/226_fernando.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/327/227_vanessa.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/328/228_vanessa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/329/229_adevilson.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/330/230_adevilson.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/331/231_ivone.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/332/232_luiz.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_233-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_234-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_235-2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_236-2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_238-2025_-_fernando_2.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/338/indicacao_239-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_240_-_2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/349/inidcacao_241-2025_-_dito.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/351/242_fernando.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/352/243_fernando.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/353/244_vanessa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/354/245_vanessa.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/355/246_dito.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/356/247_adevilson.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/357/248_adevilson.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/359/249_vanessa.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/361/251_adevilson.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/362/252_adevilson.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/363/253_dito.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/364/254_marcos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/367/255_marcos.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/365/256_todos.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_257-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_258_-_2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_259-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_n.o_260_-_luiz.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/393/261_fernando.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/394/262_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/395/263_ivone.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/396/264_ivone.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/404/265_henrique.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/405/266_henrique.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/406/267_marcos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/407/268_marcos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/413/269_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/414/270_marcos.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/415/271_adevilson.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/419/272_marcos.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_273-2025_-_marcos_jose_domingues.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_274-2025_-_dito_e_outros.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_275_-_bendito_azarias.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_276_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_277-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_278-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_279-2025_-_adevilson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_280-2025_-_ivone.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_281-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_282_-_2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_284-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_285-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_286_-_2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/456/287_dito_2.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_288-2025_-_adevilson.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_289-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_290-2025_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_291-2025_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_292_-_2025_-_luiz_paulo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_293-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_294-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_295_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_297-2025_-_pdf_-_dito_1.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_298-2025_-_vanessa.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_299_-_2025_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_01-2025_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_02-2025_-_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_03-2025_-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_06-_2025_-_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/500/pl-07-2025-fernando_fiats.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_08-2025_-_credito_especial_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/503/pl_09-_2025_-_executivo_-_repasses.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/504/pl-11-2025-henrique.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/505/pl-12-2025-luiz_paulo_correa.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/506/pl-13-2025-benedito-henrique.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/507/pl-14-2025-fernando_fiats.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/508/projeto_de_lei_16-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/509/projeto_de_lei_17-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/521/pl-18-2025-benedito-luiz_paulo_correa.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/510/pl_19-2025_-_concede_vale_conselheiros_tutelares_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2024/519/pl_20-2025_-_executivo_-_amplia_jornada_advogado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/512/pl_22-2025_-_executivo_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/513/pl_23_-_2025_-_luiz_paulo_correa_-_isencao_doador.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/514/plm_24-2025_-_executivo_-_amplia_jornada_arquiteto.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/515/pl_25_-_executivo_-_altera_lei_municipal_1414-2026.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26-2025_-_aproveitamento_de_energia_solar_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025_-_executivo_-_inclui__nova_prioridades_no_ppa.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/518/pl_28-2025_-_executivo_-_cria_vagas_no_quadro_de_pessoal_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/520/pl_29-_fernando_da_cunha_fiats.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/522/pl_30-2025_-_executivo_-_altera_redacao_lei_1387_2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/523/pl_31-_2025_-_dito_-_barracao_de_costura.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/524/pl_32_-_2025_-_denomina_campo_asa_branca_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/525/pl_34-2025_-_executivo_-_aditivo_repasse_recursos.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/526/pl_35_-_benedito_azarias.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/527/pl_36-2025_-_executivo_-_conselho_das_cidades.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/528/pl_37-2025_-_aumenta_valor_vale_alimentacao_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/529/pl-38-2025-henrique-luia_paulo_correa-benedito-antonio_luiz_gabriel.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/530/pl_39_-_fernando_da_cunha_fiats_-_wi-fi.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/541/pl46_-_fiscal_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/542/pl_47-2025_-_legislativo_-_altera_valor_funcao_gratificada_-_comissao_inventario.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/543/pl_48_-_2025_-_luiz_paulo_correa.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/544/pl_49-2025_-_executivo_-_pagamento_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/545/pl_51-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/546/pl_52-25.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/547/pl_53-2025_-_legislativo_-_energia_eletrica.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/56/pl_61-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/57/pl_63-2025_-_prorroga_prazo_forum.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/58/pl_64-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/80/pl_68-2025_-_executivo_-_altera_valor.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/82/pl_70-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_72.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/225/pl_73.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/319/pl_74-2025_-_repasse_asilo.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/320/pl-_75-2025_-_gtide.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/321/pl_76-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/322/pl_77-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/323/pl_78-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/333/pl_79-2025_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/345/pl_80-2025_-_auxilio-alimentacao_-_menores_aprensizes_-_camara.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/348/novoarquivo_92.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/389/pl_84-2025_-_executivo_-_plantio_de_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/397/pl_85-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_energia_eletrica_-_zona_rural_-_pl_86-2025_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/400/pl_87.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/401/pl_88.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/402/novoarquivo_94.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/408/pl_90-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/409/pl_9192-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/410/pl_9192-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/417/pl_-_93-2025_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/423/pl_94_-_2025_-_brinquedos_adaptados.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/432/pl_95.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/438/pl_103_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/439/pl_104-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/441/pl_105-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/442/pl_106_-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/452/pl107_-_2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/453/pl_108-2025_-_porteira_adentro.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/461/pl109_-_2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/472/pl_110_-_2025_-_denominacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_111-2025_-_executivo_-_repasse_hospital.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/477/pl_112_-_transporte_especial_saude_-_cancer_e_autismo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/479/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_114_2025_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/480/pl_115_-_2025_-_estende_cartao_material_escolar_aos_alunos_da_apae_-_jtm.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/485/pl_116_2025_-_desafetacao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/486/pl_117-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/487/pl_118-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/488/pl_119-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/490/pl_120-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/495/projeto_121-2025_-_inclui_novas_prioridades_ppa_-_sementinha_do_saber.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/497/pl_122.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/499/pl_123-2025_-_executivo_-_ratifica_o_protocolo_-_consorcio_intergestores_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/532/pl_124-2025_-_executivo_ppa.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/533/pl_125-_2025_-_abertura_credito_-_despesas_saude.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/538/pl_126-2025_-_executivo_-_uso_e_ocupacao_do_solo_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_decreto_legislativo_n.o_01-2025_-_prestacao_de_contas_-_ano_2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_decreto_legislativo_n.o_02-2025_-_prestacao_de_contas_-_ano_2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei__04-2025_-_gratificacao_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei__05-2025_-_subsidio_secretario_-_alteracao_lc_19.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/548/pl_complementar_-_03-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/549/pl_lei_complementar_04_-_2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/550/pl_complmentar_05-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/59/plc_-_07-2025_-_conversao_licenca_premio_pecunia.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/398/plc_08.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/492/pl_complementar_09-2025_-_executivo_-_alteracao_estatuto.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/534/pl_complementar_10-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/535/pl_complementar_11-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/536/pl_complementar_-_12-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_resolucao_03-2025_2.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_resolucao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/428/pr_05.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/537/pl_de_resolucao_06-2025_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/302/pl-07-2025-fernando_fiats.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/475/pl_113_-_criacao_de_espaco_sensorial_em_parques_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/388/emenda_aditiva_n.o_01_ldo_-_2026.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/460/emenda_aditiva_02_pl_108.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/346/emenda_01_pl63.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/372/emenda_modificativa_02_-_ldo_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/380/emenda_modificativa_n.o_03_-_ldo_-_dito.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/418/emenda_modificativa_cargo_assistente_-_pl__90-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/440/emenda_resolucao_-_05-2025_modificativa.pdf_2.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/459/emenda_ao_porjeto_105-2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/540/emenda_07-2025_ao_projeto_107-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/555/emenda_08.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/373/emenda_supressiva_01_-_ldo_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/664/veto_002_pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/665/veto_03_pl_no18-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/666/veto_004_pl_29-2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/87/veto_parcial_n.o_05_-_ao_projeto_48-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/662/veto_06_pl_80-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/556/emenda_orca._imposi._individual_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/557/emenda_orca._imposi._individual_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_impositiva_03-2025_-_marcos_jose.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/559/emenda_orca._imposi._individual_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/560/emenda_orca._imposi._individual_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_orca._imposi._individual_no06-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_orca._imposi._individual_no07-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_orca._imposi._individual_no08-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_orca._imposi._individual_no09-2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/593/parecer_do_projeto_de_lei_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/594/parecer_do_projeto_de_lei_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/595/parecer_do_projeto_de_lei_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/596/parecer_do_projeto_de_lei_no06-2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/597/parecer_do_projeto_de_lei_no25-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/598/parecer_do_projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/599/parecer_do_projeto_de_lei_no37-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/600/parecer_do_projeto_de_lei_no38-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/601/parecer_do_projeto_de_lei_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/602/parecer_do_projeto_de_lei_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/603/parecer_do_projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/604/parecer_do_projeto_de_lei_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/605/parecer_do_projeto_de_lei_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/606/parecer_do_projeto_de_lei_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/607/parecer_do_projeto_de_lei_no60-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/608/parecer_doprojeto_de_lei_no61-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/609/parecer_do_projeto_de_lei_no63-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/610/parecer_do_projeto_de_lei_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/611/parecer_do_projeto_de_lei_no_65-2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/612/parecer_do_projeto_de_lei_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/613/parecer_do_projeto_de_lei_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/614/parecer_do_projeto_de_lei_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/615/parecer_do_projeto_de_lei_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/616/parecer_do_projeto_de_lei_no71-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/617/parecer_do_projeto_de_lei_no73-2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_do_projeto_de_lei_no_74-2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/619/parecer_do_projeto_de_lei_no75-2025.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/620/parecer_do_projeto_de_lei_no76-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/621/parecer_do_projeto_de_lei_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/622/parecer_do_projeto_de_lei_no_79-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/623/parecer_do_projeto_de_lei_no_84-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/624/parecer_do_projeto_de_lei_no_85-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/625/parecer_do_projeto_de_lei_no_86-2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/626/parecer_do_projeto_de_lei_no_87-2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/627/parecer_do_projeto_de_lei_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/628/parecer_do_projeto_de_lei_no89-2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/629/parecer_do_projeto_de_lei_no_90-2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/630/parecer_do_projeto_de_lei_no_91-2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/631/parecer_do_projeto_de_lei_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/632/parecer_do_projeto_de_lei_no_93-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/633/parecer_do_projeto_de_lei_no_94-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/634/parecer_do_projeto_de_lei_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/635/parecer_do_projeto_de_lei_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/636/parecer_do_projeto_de_lei_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/637/parecer_do_projeto_de_lei_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/638/parecer_do_projeto_de_lei_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/639/parecer_do_projeto_de_lei_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/640/parecer_do_projeto_de_lei_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/641/parecer_do_projeto_de_lei_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/642/parecer_do_projeto_de_lei_no103-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/643/parecer_do_projeto_de_lei_no104-2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/644/parecer_do_projeto_de_lei_no105-2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/645/parecer_do_projeto_de_lei_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/646/parecer_do_projeto_de_lei_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/647/parecer_do_projeto_de_lei_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/648/parecer_do_projeto_de_lei_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/649/parecer_do_projeto_de_lei_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/650/parecer_do_projeto_de_lei_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/651/parecer_do_projeto_de_lei_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/652/parecer_do_projeto_de_lei_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/653/parecer_do_projeto_de_lei_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/654/parecer_do_projeto_de_lei_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/655/parecer_do_projeto_de_lei_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/656/parecer_do_projeto_de_lei_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/657/parecer_do_projeto_de_lei_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/658/parecer_do_projeto_de_lei_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/659/parecer_do_projeto_de_lei_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/660/parecer_do_projeto_de_lei_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_lei_no62-2025_mocao_de_aplausos_padre_valdemir.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_65.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_66.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_67.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_101.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/481/oficio_de_resposta_do_executivo_-_414_-2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/447/oficio_no_553-2025_-_formalizacao_de_convite_para_envio_de_representantes_da_camara_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/451/oficio_no_147_-_2025_-_sanepar_-_caixa_de_gordura.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/496/oficio_439.2025_-_solicita_a_retirada_de_pauta_de_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/90/edital_23-2025_-_55_zona_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/54/of_55.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_2279_1.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/531/titulo_cidadao_honorario_40-2025_-_jose_amaro.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/66/projeto_de_lei_no43-2025cidadao_honorario_neuza_vieira.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/67/projeto_de_lei_no_44_-2025cidadao_honorario_valdemir_granzzoto_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_no45-2025_cidadao_honorario_-venancio.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_56-2025_cidadao_honorario_joel_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_no_57_-2025cidadao_honorario_paulo_fernando_neves.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_no_58-2025cidadao_honorario_antenor_tadau_nagata.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/424/pl_96-2025_-_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/426/pl_98_-_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_no_40-2025_cidadao_benemerito_jose_amaro_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/64/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_42-2025_cidadao_benemerito_nilton_ovcar.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/75/projeto_de_lei_no59-2025_cidadao_benemerito_bortolo_valle.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/425/pl_97-2025_-_cidadao_benemerita.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_99.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/429/pl_100.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/433/pl_102.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2022/88/prestacao_de_contas_-_2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/378/emenda_01_-_supressiva_substitutiva_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/379/emenda_modificativa_n.o_02_-_ldo_-_2026_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/565/portaria_01-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/566/portaria_02-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/567/portaria_03-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/568/portaria_04-2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/569/portaria_05-2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/570/portaria_06-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/571/portaria_07-2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/572/portaria_08-2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/573/portaria_09-2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/574/portaria_10-2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/575/portaria_11-2025.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/578/portaria_12-2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/577/portaria_13-2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/579/portaria_14-2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.joaquimtavora.pr.leg.br/media/sapl/public/materialegislativa/2025/580/portaria_15-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H625"/>
+  <dimension ref="A1:H630"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="172.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -19295,3144 +19337,3274 @@
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>334</v>
       </c>
       <c r="D498" t="s">
         <v>1552</v>
       </c>
       <c r="E498" t="s">
         <v>1553</v>
       </c>
       <c r="F498" t="s">
         <v>18</v>
       </c>
       <c r="G498" s="1" t="s">
         <v>1554</v>
       </c>
       <c r="H498" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>559</v>
+        <v>1556</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>26</v>
+        <v>334</v>
       </c>
       <c r="D499" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="E499" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="F499" t="s">
         <v>1186</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1558</v>
+        <v>373</v>
       </c>
       <c r="H499" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>1560</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>334</v>
+        <v>10</v>
       </c>
       <c r="D500" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G500" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="E500" t="s">
+      <c r="H500" t="s">
         <v>1562</v>
-      </c>
-[...7 lines deleted...]
-        <v>1564</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>17</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H501" t="s">
         <v>1565</v>
-      </c>
-[...19 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>22</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H502" t="s">
         <v>1568</v>
-      </c>
-[...19 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1571</v>
+        <v>559</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D503" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="E503" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="F503" t="s">
-        <v>31</v>
+        <v>1186</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1572</v>
+        <v>1569</v>
       </c>
       <c r="H503" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D504" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="E504" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="F504" t="s">
-        <v>257</v>
+        <v>1186</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="H504" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>334</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F505" t="s">
+        <v>13</v>
+      </c>
+      <c r="G505" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B505" t="s">
-[...14 lines deleted...]
-      <c r="G505" s="1" t="s">
+      <c r="H505" t="s">
         <v>1578</v>
-      </c>
-[...1 lines deleted...]
-        <v>1579</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>10</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F506" t="s">
+        <v>18</v>
+      </c>
+      <c r="G506" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="B506" t="s">
-[...14 lines deleted...]
-      <c r="G506" s="1" t="s">
+      <c r="H506" t="s">
         <v>1581</v>
-      </c>
-[...1 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>17</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F507" t="s">
+        <v>127</v>
+      </c>
+      <c r="G507" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="B507" t="s">
-[...14 lines deleted...]
-      <c r="G507" s="1" t="s">
+      <c r="H507" t="s">
         <v>1584</v>
-      </c>
-[...1 lines deleted...]
-        <v>1585</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>22</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F508" t="s">
+        <v>31</v>
+      </c>
+      <c r="G508" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="B508" t="s">
-[...14 lines deleted...]
-      <c r="G508" s="1" t="s">
+      <c r="H508" t="s">
         <v>1587</v>
-      </c>
-[...1 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>26</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F509" t="s">
+        <v>257</v>
+      </c>
+      <c r="G509" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B509" t="s">
-[...5 lines deleted...]
-      <c r="D509" t="s">
+      <c r="H509" t="s">
         <v>1590</v>
-      </c>
-[...10 lines deleted...]
-        <v>1594</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1595</v>
+        <v>1591</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D510" t="s">
-        <v>1590</v>
+        <v>1575</v>
       </c>
       <c r="E510" t="s">
-        <v>1591</v>
+        <v>1576</v>
+      </c>
+      <c r="F510" t="s">
+        <v>379</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="H510" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D511" t="s">
-        <v>1590</v>
+        <v>1575</v>
       </c>
       <c r="E511" t="s">
-        <v>1591</v>
+        <v>1576</v>
+      </c>
+      <c r="F511" t="s">
+        <v>43</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
       <c r="H511" t="s">
-        <v>1600</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D512" t="s">
-        <v>1590</v>
+        <v>1575</v>
       </c>
       <c r="E512" t="s">
-        <v>1591</v>
+        <v>1576</v>
+      </c>
+      <c r="F512" t="s">
+        <v>172</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
       <c r="H512" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>107</v>
+        <v>42</v>
       </c>
       <c r="D513" t="s">
-        <v>1590</v>
+        <v>1575</v>
       </c>
       <c r="E513" t="s">
-        <v>1591</v>
+        <v>1576</v>
+      </c>
+      <c r="F513" t="s">
+        <v>413</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
       <c r="H513" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>334</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E514" t="s">
         <v>1605</v>
       </c>
-      <c r="B514" t="s">
-[...9 lines deleted...]
-        <v>1591</v>
+      <c r="F514" t="s">
+        <v>1606</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="H514" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>155</v>
+        <v>10</v>
       </c>
       <c r="D515" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E515" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="H515" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>159</v>
+        <v>17</v>
       </c>
       <c r="D516" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E516" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="H516" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>192</v>
+        <v>30</v>
       </c>
       <c r="D517" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E517" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="H517" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>196</v>
+        <v>107</v>
       </c>
       <c r="D518" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E518" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G518" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H518" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>204</v>
+        <v>118</v>
       </c>
       <c r="D519" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E519" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="H519" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>212</v>
+        <v>155</v>
       </c>
       <c r="D520" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E520" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="H520" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>216</v>
+        <v>159</v>
       </c>
       <c r="D521" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E521" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="H521" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>220</v>
+        <v>192</v>
       </c>
       <c r="D522" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E522" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="H522" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="D523" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E523" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="H523" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>252</v>
+        <v>204</v>
       </c>
       <c r="D524" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E524" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="H524" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>261</v>
+        <v>212</v>
       </c>
       <c r="D525" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E525" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="H525" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>265</v>
+        <v>216</v>
       </c>
       <c r="D526" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E526" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="H526" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>269</v>
+        <v>220</v>
       </c>
       <c r="D527" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E527" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="H527" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>273</v>
+        <v>248</v>
       </c>
       <c r="D528" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E528" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="H528" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>277</v>
+        <v>252</v>
       </c>
       <c r="D529" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E529" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="H529" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="D530" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E530" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="H530" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>285</v>
+        <v>265</v>
       </c>
       <c r="D531" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E531" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="H531" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>294</v>
+        <v>269</v>
       </c>
       <c r="D532" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E532" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="H532" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>302</v>
+        <v>273</v>
       </c>
       <c r="D533" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E533" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="H533" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>170</v>
+        <v>277</v>
       </c>
       <c r="D534" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E534" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="H534" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>309</v>
+        <v>281</v>
       </c>
       <c r="D535" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E535" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="H535" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>313</v>
+        <v>285</v>
       </c>
       <c r="D536" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E536" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="H536" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>175</v>
+        <v>294</v>
       </c>
       <c r="D537" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E537" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="H537" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="D538" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E538" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="H538" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>549</v>
+        <v>170</v>
       </c>
       <c r="D539" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E539" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="H539" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>183</v>
+        <v>309</v>
       </c>
       <c r="D540" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E540" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="H540" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>187</v>
+        <v>313</v>
       </c>
       <c r="D541" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E541" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="H541" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>559</v>
+        <v>175</v>
       </c>
       <c r="D542" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E542" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="H542" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>563</v>
+        <v>320</v>
       </c>
       <c r="D543" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E543" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="H543" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>567</v>
+        <v>549</v>
       </c>
       <c r="D544" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E544" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="H544" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>571</v>
+        <v>183</v>
       </c>
       <c r="D545" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E545" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="H545" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>575</v>
+        <v>187</v>
       </c>
       <c r="D546" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E546" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="H546" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>579</v>
+        <v>559</v>
       </c>
       <c r="D547" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E547" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="H547" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>583</v>
+        <v>563</v>
       </c>
       <c r="D548" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E548" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="H548" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="D549" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E549" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="H549" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>591</v>
+        <v>571</v>
       </c>
       <c r="D550" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E550" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="H550" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>595</v>
+        <v>575</v>
       </c>
       <c r="D551" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E551" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="H551" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>191</v>
+        <v>579</v>
       </c>
       <c r="D552" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E552" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="H552" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>195</v>
+        <v>583</v>
       </c>
       <c r="D553" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E553" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="H553" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>199</v>
+        <v>587</v>
       </c>
       <c r="D554" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E554" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="H554" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>608</v>
+        <v>591</v>
       </c>
       <c r="D555" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E555" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="H555" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>416</v>
+        <v>595</v>
       </c>
       <c r="D556" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E556" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="H556" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>419</v>
+        <v>191</v>
       </c>
       <c r="D557" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E557" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="H557" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>421</v>
+        <v>195</v>
       </c>
       <c r="D558" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E558" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="H558" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>424</v>
+        <v>199</v>
       </c>
       <c r="D559" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E559" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="H559" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>427</v>
+        <v>608</v>
       </c>
       <c r="D560" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E560" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="H560" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="D561" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E561" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="H561" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>16</v>
+        <v>419</v>
       </c>
       <c r="D562" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E562" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="H562" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>21</v>
+        <v>421</v>
       </c>
       <c r="D563" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E563" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="H563" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>25</v>
+        <v>424</v>
       </c>
       <c r="D564" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E564" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="H564" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>29</v>
+        <v>427</v>
       </c>
       <c r="D565" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E565" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="H565" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>34</v>
+        <v>430</v>
       </c>
       <c r="D566" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E566" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="H566" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>433</v>
+        <v>16</v>
       </c>
       <c r="D567" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E567" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="H567" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>436</v>
+        <v>21</v>
       </c>
       <c r="D568" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E568" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="H568" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="D569" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E569" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="H569" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>439</v>
+        <v>29</v>
       </c>
       <c r="D570" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E570" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="H570" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D571" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E571" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="H571" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>46</v>
+        <v>433</v>
       </c>
       <c r="D572" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E572" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="H572" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>50</v>
+        <v>436</v>
       </c>
       <c r="D573" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E573" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="H573" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D574" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E574" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="H574" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="D575" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E575" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="H575" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="D576" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="E576" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="H576" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>302</v>
+        <v>1735</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>256</v>
+        <v>46</v>
       </c>
       <c r="D577" t="s">
-        <v>1731</v>
+        <v>1604</v>
       </c>
       <c r="E577" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1605</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="H577" t="s">
-        <v>1734</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>248</v>
+        <v>1737</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>269</v>
+        <v>50</v>
       </c>
       <c r="D578" t="s">
-        <v>1731</v>
+        <v>1604</v>
       </c>
       <c r="E578" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1605</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H578" t="s">
-        <v>1736</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>252</v>
+        <v>1739</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>273</v>
+        <v>54</v>
       </c>
       <c r="D579" t="s">
-        <v>1731</v>
+        <v>1604</v>
       </c>
       <c r="E579" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1605</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="H579" t="s">
-        <v>1738</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>256</v>
+        <v>1741</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>277</v>
+        <v>442</v>
       </c>
       <c r="D580" t="s">
-        <v>1731</v>
+        <v>1604</v>
       </c>
       <c r="E580" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1605</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="H580" t="s">
-        <v>1740</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>416</v>
+        <v>451</v>
       </c>
       <c r="D581" t="s">
-        <v>1731</v>
+        <v>1604</v>
       </c>
       <c r="E581" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1605</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="H581" t="s">
-        <v>1743</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>1744</v>
+        <v>302</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>334</v>
+        <v>256</v>
       </c>
       <c r="D582" t="s">
         <v>1745</v>
       </c>
       <c r="E582" t="s">
         <v>1746</v>
       </c>
       <c r="F582" t="s">
-        <v>1186</v>
+        <v>43</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>1747</v>
       </c>
       <c r="H582" t="s">
         <v>1748</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>608</v>
+        <v>248</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>334</v>
+        <v>269</v>
       </c>
       <c r="D583" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F583" t="s">
+        <v>43</v>
+      </c>
+      <c r="G583" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="E583" t="s">
+      <c r="H583" t="s">
         <v>1750</v>
-      </c>
-[...7 lines deleted...]
-        <v>1752</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>1753</v>
+        <v>252</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>10</v>
+        <v>273</v>
       </c>
       <c r="D584" t="s">
-        <v>1749</v>
+        <v>1745</v>
       </c>
       <c r="E584" t="s">
-        <v>1750</v>
+        <v>1746</v>
       </c>
       <c r="F584" t="s">
+        <v>43</v>
+      </c>
+      <c r="G584" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="G584" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H584" t="s">
-        <v>1755</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>1756</v>
+        <v>256</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>17</v>
+        <v>277</v>
       </c>
       <c r="D585" t="s">
-        <v>1749</v>
+        <v>1745</v>
       </c>
       <c r="E585" t="s">
-        <v>1750</v>
+        <v>1746</v>
       </c>
       <c r="F585" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>1757</v>
+        <v>1753</v>
       </c>
       <c r="H585" t="s">
-        <v>1758</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>1759</v>
+        <v>1755</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>22</v>
+        <v>416</v>
       </c>
       <c r="D586" t="s">
-        <v>1749</v>
+        <v>1745</v>
       </c>
       <c r="E586" t="s">
-        <v>1750</v>
+        <v>1746</v>
       </c>
       <c r="F586" t="s">
-        <v>1186</v>
+        <v>43</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>1760</v>
+        <v>1756</v>
       </c>
       <c r="H586" t="s">
-        <v>1761</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>571</v>
+        <v>1758</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>99</v>
+        <v>334</v>
       </c>
       <c r="D587" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H587" t="s">
         <v>1762</v>
-      </c>
-[...10 lines deleted...]
-        <v>1765</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>224</v>
+        <v>608</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>228</v>
+        <v>334</v>
       </c>
       <c r="D588" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="E588" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="F588" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H588" t="s">
         <v>1766</v>
-      </c>
-[...4 lines deleted...]
-        <v>1768</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>575</v>
+        <v>1767</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>288</v>
+        <v>10</v>
       </c>
       <c r="D589" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="E589" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="F589" t="s">
-        <v>1751</v>
+        <v>1765</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>373</v>
+        <v>1768</v>
       </c>
       <c r="H589" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>1770</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>1542</v>
+        <v>17</v>
       </c>
       <c r="D590" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="E590" t="s">
-        <v>1763</v>
+        <v>1764</v>
+      </c>
+      <c r="F590" t="s">
+        <v>18</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="H590" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>1773</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>167</v>
+        <v>22</v>
       </c>
       <c r="D591" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F591" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G591" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="E591" t="s">
+      <c r="H591" t="s">
         <v>1775</v>
-      </c>
-[...7 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>273</v>
+        <v>571</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>180</v>
+        <v>99</v>
       </c>
       <c r="D592" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="E592" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="F592" t="s">
-        <v>13</v>
+        <v>1765</v>
       </c>
       <c r="G592" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="H592" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>277</v>
+        <v>224</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>184</v>
+        <v>228</v>
       </c>
       <c r="D593" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="E593" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="F593" t="s">
-        <v>13</v>
+        <v>1780</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="H593" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>281</v>
+        <v>575</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>188</v>
+        <v>288</v>
       </c>
       <c r="D594" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="E594" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="F594" t="s">
-        <v>13</v>
+        <v>1765</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>1782</v>
+        <v>373</v>
       </c>
       <c r="H594" t="s">
         <v>1783</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>285</v>
+        <v>1784</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>232</v>
+        <v>1542</v>
       </c>
       <c r="D595" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="E595" t="s">
-        <v>1775</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1777</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="H595" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>289</v>
+        <v>1787</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>236</v>
+        <v>167</v>
       </c>
       <c r="D596" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
       <c r="E596" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="F596" t="s">
         <v>13</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="H596" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="D597" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
       <c r="E597" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="F597" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
       <c r="H597" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>1790</v>
+        <v>277</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>595</v>
+        <v>184</v>
       </c>
       <c r="D598" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
       <c r="E598" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="F598" t="s">
-        <v>257</v>
+        <v>13</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="H598" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>1793</v>
+        <v>281</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="D599" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
       <c r="E599" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="F599" t="s">
-        <v>257</v>
+        <v>13</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="H599" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>261</v>
+        <v>285</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>167</v>
+        <v>232</v>
       </c>
       <c r="D600" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="E600" t="s">
-        <v>1797</v>
+        <v>1789</v>
       </c>
       <c r="F600" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="1" t="s">
         <v>1798</v>
       </c>
       <c r="H600" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>265</v>
+        <v>289</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>171</v>
+        <v>236</v>
       </c>
       <c r="D601" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="E601" t="s">
-        <v>1797</v>
+        <v>1789</v>
       </c>
       <c r="F601" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="1" t="s">
         <v>1800</v>
       </c>
       <c r="H601" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>269</v>
+        <v>294</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>176</v>
+        <v>240</v>
       </c>
       <c r="D602" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="E602" t="s">
-        <v>1797</v>
+        <v>1789</v>
       </c>
       <c r="F602" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="1" t="s">
         <v>1802</v>
       </c>
       <c r="H602" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>309</v>
+        <v>1804</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>244</v>
+        <v>595</v>
       </c>
       <c r="D603" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="E603" t="s">
-        <v>1797</v>
+        <v>1789</v>
       </c>
       <c r="F603" t="s">
-        <v>13</v>
+        <v>257</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="H603" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D604" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="E604" t="s">
-        <v>1797</v>
+        <v>1789</v>
       </c>
       <c r="F604" t="s">
         <v>257</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="H604" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>1809</v>
+        <v>261</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>199</v>
+        <v>167</v>
       </c>
       <c r="D605" t="s">
-        <v>1796</v>
+        <v>1810</v>
       </c>
       <c r="E605" t="s">
-        <v>1797</v>
+        <v>1811</v>
       </c>
       <c r="F605" t="s">
-        <v>257</v>
+        <v>13</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="H605" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>1812</v>
+        <v>265</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>608</v>
+        <v>171</v>
       </c>
       <c r="D606" t="s">
-        <v>1796</v>
+        <v>1810</v>
       </c>
       <c r="E606" t="s">
-        <v>1797</v>
+        <v>1811</v>
       </c>
       <c r="F606" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="H606" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>1815</v>
+        <v>269</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>419</v>
+        <v>176</v>
       </c>
       <c r="D607" t="s">
-        <v>1796</v>
+        <v>1810</v>
       </c>
       <c r="E607" t="s">
-        <v>1797</v>
+        <v>1811</v>
       </c>
       <c r="F607" t="s">
-        <v>1277</v>
+        <v>13</v>
       </c>
       <c r="G607" s="1" t="s">
         <v>1816</v>
       </c>
       <c r="H607" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>563</v>
+        <v>309</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>10</v>
+        <v>244</v>
       </c>
       <c r="D608" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F608" t="s">
+        <v>13</v>
+      </c>
+      <c r="G608" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="E608" t="s">
+      <c r="H608" t="s">
         <v>1819</v>
-      </c>
-[...7 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>1823</v>
+        <v>1820</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>334</v>
+        <v>191</v>
       </c>
       <c r="D609" t="s">
-        <v>1824</v>
+        <v>1810</v>
       </c>
       <c r="E609" t="s">
-        <v>1825</v>
+        <v>1811</v>
       </c>
       <c r="F609" t="s">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1826</v>
+        <v>1821</v>
       </c>
       <c r="H609" t="s">
-        <v>1827</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>1828</v>
+        <v>1823</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>10</v>
+        <v>199</v>
       </c>
       <c r="D610" t="s">
-        <v>1829</v>
+        <v>1810</v>
       </c>
       <c r="E610" t="s">
-        <v>1830</v>
+        <v>1811</v>
       </c>
       <c r="F610" t="s">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1831</v>
+        <v>1824</v>
       </c>
       <c r="H610" t="s">
-        <v>1832</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>1833</v>
+        <v>1826</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>334</v>
+        <v>608</v>
       </c>
       <c r="D611" t="s">
-        <v>1834</v>
+        <v>1810</v>
       </c>
       <c r="E611" t="s">
-        <v>1835</v>
+        <v>1811</v>
       </c>
       <c r="F611" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1836</v>
+        <v>1827</v>
       </c>
       <c r="H611" t="s">
-        <v>1837</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>1838</v>
+        <v>1829</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>10</v>
+        <v>419</v>
       </c>
       <c r="D612" t="s">
-        <v>1834</v>
+        <v>1810</v>
       </c>
       <c r="E612" t="s">
-        <v>1835</v>
+        <v>1811</v>
       </c>
       <c r="F612" t="s">
-        <v>13</v>
+        <v>1277</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1839</v>
+        <v>1830</v>
       </c>
       <c r="H612" t="s">
-        <v>1840</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>1841</v>
+        <v>563</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D613" t="s">
+        <v>1832</v>
+      </c>
+      <c r="E613" t="s">
+        <v>1833</v>
+      </c>
+      <c r="F613" t="s">
         <v>1834</v>
       </c>
-      <c r="E613" t="s">
+      <c r="G613" s="1" t="s">
         <v>1835</v>
       </c>
-      <c r="F613" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H613" t="s">
-        <v>1843</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>1844</v>
+        <v>1837</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>22</v>
+        <v>334</v>
       </c>
       <c r="D614" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="E614" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="F614" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1845</v>
+        <v>1840</v>
       </c>
       <c r="H614" t="s">
-        <v>1846</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>1847</v>
+        <v>1842</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D615" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="E615" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
       <c r="F615" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="H615" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>1850</v>
+        <v>1847</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>30</v>
+        <v>334</v>
       </c>
       <c r="D616" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E616" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F616" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H616" t="s">
         <v>1851</v>
-      </c>
-[...1 lines deleted...]
-        <v>1852</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>1853</v>
+        <v>1852</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D617" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E617" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F617" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H617" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D618" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E618" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F618" t="s">
         <v>13</v>
       </c>
       <c r="G618" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H618" t="s">
         <v>1857</v>
-      </c>
-[...1 lines deleted...]
-        <v>1858</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>1859</v>
+        <v>1858</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D619" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E619" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F619" t="s">
         <v>13</v>
       </c>
       <c r="G619" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H619" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>1862</v>
+        <v>1861</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="D620" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E620" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F620" t="s">
         <v>13</v>
       </c>
       <c r="G620" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H620" t="s">
         <v>1863</v>
-      </c>
-[...1 lines deleted...]
-        <v>1864</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>1865</v>
+        <v>1864</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D621" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E621" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F621" t="s">
         <v>13</v>
       </c>
       <c r="G621" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H621" t="s">
         <v>1866</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>1867</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="D622" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E622" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F622" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="1" t="s">
         <v>1868</v>
       </c>
       <c r="H622" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>1870</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="D623" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E623" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F623" t="s">
         <v>13</v>
       </c>
       <c r="G623" s="1" t="s">
         <v>1871</v>
       </c>
       <c r="H623" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
         <v>1873</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="D624" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E624" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F624" t="s">
         <v>13</v>
       </c>
       <c r="G624" s="1" t="s">
         <v>1874</v>
       </c>
       <c r="H624" t="s">
-        <v>1861</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D625" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="E625" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
       <c r="F625" t="s">
         <v>13</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="H625" t="s">
-        <v>1877</v>
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>51</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E626" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F626" t="s">
+        <v>13</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H626" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>55</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E627" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F627" t="s">
+        <v>13</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H627" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>59</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E628" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F628" t="s">
+        <v>13</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H628" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>63</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E629" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F629" t="s">
+        <v>13</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H629" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>67</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E630" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F630" t="s">
+        <v>13</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H630" t="s">
+        <v>1891</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -23017,50 +23189,55 @@
     <hyperlink ref="G601" r:id="rId600"/>
     <hyperlink ref="G602" r:id="rId601"/>
     <hyperlink ref="G603" r:id="rId602"/>
     <hyperlink ref="G604" r:id="rId603"/>
     <hyperlink ref="G605" r:id="rId604"/>
     <hyperlink ref="G606" r:id="rId605"/>
     <hyperlink ref="G607" r:id="rId606"/>
     <hyperlink ref="G608" r:id="rId607"/>
     <hyperlink ref="G609" r:id="rId608"/>
     <hyperlink ref="G610" r:id="rId609"/>
     <hyperlink ref="G611" r:id="rId610"/>
     <hyperlink ref="G612" r:id="rId611"/>
     <hyperlink ref="G613" r:id="rId612"/>
     <hyperlink ref="G614" r:id="rId613"/>
     <hyperlink ref="G615" r:id="rId614"/>
     <hyperlink ref="G616" r:id="rId615"/>
     <hyperlink ref="G617" r:id="rId616"/>
     <hyperlink ref="G618" r:id="rId617"/>
     <hyperlink ref="G619" r:id="rId618"/>
     <hyperlink ref="G620" r:id="rId619"/>
     <hyperlink ref="G621" r:id="rId620"/>
     <hyperlink ref="G622" r:id="rId621"/>
     <hyperlink ref="G623" r:id="rId622"/>
     <hyperlink ref="G624" r:id="rId623"/>
     <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>